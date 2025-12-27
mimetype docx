--- v0 (2025-10-15)
+++ v1 (2025-12-27)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="32C247DE" w14:textId="77777777" w:rsidR="00815032" w:rsidRPr="00013318" w:rsidRDefault="00815032" w:rsidP="005F552F">
       <w:pPr>
         <w:pStyle w:val="Zitat"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="624BEAFD" w14:textId="77777777" w:rsidR="00815032" w:rsidRPr="006B4E5B" w:rsidRDefault="006C5EB9">
       <w:pPr>
         <w:spacing w:before="26" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="97"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
@@ -646,96 +646,76 @@
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">en </w:t>
       </w:r>
       <w:r w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">er </w:t>
+        <w:t>er BSc</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="3"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00013318" w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">und </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>MSc</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> S</w:t>
+        <w:t>MSc S</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="3"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="de-DE"/>
@@ -877,51 +857,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00013318" w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="2"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="-1"/>
           <w:position w:val="-1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>wiss</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:position w:val="-1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="2"/>
           <w:position w:val="-1"/>
@@ -945,53 +924,52 @@
           <w:spacing w:val="-1"/>
           <w:position w:val="-1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="1"/>
           <w:position w:val="-1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:position w:val="-1"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="02FD20A7" w14:textId="07DE80AC" w:rsidR="00815032" w:rsidRPr="006B4E5B" w:rsidRDefault="006C5EB9" w:rsidP="006B4E5B">
+    <w:p w14:paraId="02FD20A7" w14:textId="33542C72" w:rsidR="00815032" w:rsidRPr="006B4E5B" w:rsidRDefault="006C5EB9" w:rsidP="006B4E5B">
       <w:pPr>
         <w:spacing w:before="10" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
@@ -1006,58 +984,67 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>an</w:t>
       </w:r>
       <w:r w:rsidRPr="006B4E5B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00BD4399">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00EE5674">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Dezember</w:t>
+      </w:r>
       <w:r w:rsidR="00F82326">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Tahoma" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>September 2025</w:t>
+        <w:t xml:space="preserve"> 2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43DA5546" w14:textId="77777777" w:rsidR="00013318" w:rsidRPr="006B4E5B" w:rsidRDefault="00013318" w:rsidP="006B4E5B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabellenraster"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4186"/>
         <w:gridCol w:w="4890"/>
       </w:tblGrid>
       <w:tr w:rsidR="00753B11" w:rsidRPr="006B4E5B" w14:paraId="756F0170" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
@@ -1233,51 +1220,51 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Dr. </w:t>
             </w:r>
             <w:r w:rsidR="00DC58A6" w:rsidRPr="00DC58A6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Simon Rosenau</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="006F028A" w14:paraId="182E229C" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="00EE5674" w14:paraId="182E229C" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6AFE8A56" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00692292" w:rsidRDefault="006414C3">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Biotechnologie und Reproduktion landwirtschaftlicher Nutztiere</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -1294,283 +1281,169 @@
             </w:pPr>
             <w:r w:rsidRPr="00F74530">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Prof. Dr. Michael Hölker</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58F5BE4B" w14:textId="13D8A167" w:rsidR="006414C3" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3936">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prof. Dr. </w:t>
-[...53 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Prof. Dr. Detlef Rath (FLI Mariensee)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="78B4A9A2" w14:textId="785E136F" w:rsidR="00E578F8" w:rsidRPr="00CF3936" w:rsidRDefault="00E578F8" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Carina Blaschka</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="669224BA" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00824E98" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Jan </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Dr. Jan Detterer (Verein Ostfriesischer Stammviehzüchter)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F97D97A" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00824E98" w:rsidRDefault="006414C3" w:rsidP="00824E98">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Detterer</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dr. Stefanie Petow (FLI Celle)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F7ED1FF" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00824E98" w:rsidRDefault="006414C3" w:rsidP="00824E98">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (Verein Ostfriesischer Stammviehzüchter)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0F97D97A" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00824E98" w:rsidRDefault="006414C3" w:rsidP="00824E98">
+              <w:t>Dr. Jakob Groenewold (LWK Niedersachsen)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F4AF1B6" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00824E98" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Stefanie </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Dr. Friedhelm Adam (LWK Nordrhein-Westfalen)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0927B74D" w14:textId="77777777" w:rsidR="006414C3" w:rsidRDefault="006414C3" w:rsidP="00824E98">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Petow</w:t>
-[...89 lines deleted...]
-              <w:t>. Dirk Albers (LWK Niedersachsen)</w:t>
+              <w:t>Dipl.-Ing. agr. Dirk Albers (LWK Niedersachsen)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53AFB2D4" w14:textId="5E633FE2" w:rsidR="00221C18" w:rsidRDefault="00221C18" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00221C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Falko Kaufmann</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20969B8B" w14:textId="5D7A7038" w:rsidR="00AB5E9A" w:rsidRDefault="00AB5E9A" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
@@ -1639,154 +1512,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Isabel Kilic</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="34232EA4" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="000A3DAB" w:rsidRDefault="006414C3" w:rsidP="000A3DAB">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A3DAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dipl.-Ing. </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Dipl.-Ing. agr. Tobias Scholz (LWK Nordrhein-Westfalen)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44C110E9" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="000A3DAB" w:rsidRDefault="006414C3" w:rsidP="000A3DAB">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="000A3DAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>agr</w:t>
-[...92 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dipl-Ing. agr. Rheinhard Schulte-Sutrum</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="3DB2917D" w14:textId="77777777" w:rsidR="006414C3" w:rsidRDefault="006414C3" w:rsidP="000A3DAB">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A3DAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Sophie Diers, M.Sc.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4EBB882C" w14:textId="77777777" w:rsidR="00221C18" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
@@ -1797,92 +1588,72 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Tony Krebs</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06842FE5" w14:textId="5A9D44BF" w:rsidR="00AB5E9A" w:rsidRPr="00692292" w:rsidRDefault="00AB5E9A" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="009C035F" w14:paraId="64F59AA7" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="00EE5674" w14:paraId="64F59AA7" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CF279E9" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00692292" w:rsidRDefault="006414C3">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A42B83">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Functional</w:t>
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Functional Breeding</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D3BC52C" w14:textId="77777777" w:rsidR="006414C3" w:rsidRDefault="006414C3">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Prof. Dr. Jens Tetens</w:t>
             </w:r>
@@ -1893,52 +1664,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Clemens Falker-Gie</w:t>
             </w:r>
             <w:r w:rsidR="00604B07">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>ke</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E1849D7" w14:textId="2A11D420" w:rsidR="00C4418A" w:rsidRPr="009D4F47" w:rsidRDefault="00C4418A" w:rsidP="000A3DAB">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D4F47">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -1963,242 +1732,243 @@
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Mateus Vargas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="080ABDCF" w14:textId="77777777" w:rsidR="009D4F47" w:rsidRPr="009D4F47" w:rsidRDefault="009D4F47" w:rsidP="009D4F47">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D4F47">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Isabel Kilic</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F20765C" w14:textId="17F29E18" w:rsidR="009D4F47" w:rsidRPr="009D4F47" w:rsidRDefault="009D4F47" w:rsidP="009D4F47">
+          <w:p w14:paraId="1F20765C" w14:textId="17F29E18" w:rsidR="009D4F47" w:rsidRDefault="009D4F47" w:rsidP="009D4F47">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D4F47">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Dr. Alexander </w:t>
             </w:r>
             <w:r w:rsidR="00F6074F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Charles </w:t>
             </w:r>
             <w:r w:rsidRPr="009D4F47">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Mott</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="1375D554" w14:textId="37CBF739" w:rsidR="00B130E0" w:rsidRPr="009D4F47" w:rsidRDefault="00B130E0" w:rsidP="009D4F47">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Dr.in Carina Blaschka</w:t>
+            </w:r>
+          </w:p>
           <w:p w14:paraId="3B6957D3" w14:textId="77777777" w:rsidR="009D4F47" w:rsidRPr="009D4F47" w:rsidRDefault="009D4F47" w:rsidP="009D4F47">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="535B2087" w14:textId="77777777" w:rsidR="009D4F47" w:rsidRPr="009D4F47" w:rsidRDefault="009D4F47" w:rsidP="009D4F47">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D4F47">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nur Betreuung von </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Nur Betreuung von BSc und MSc</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69FBC3F1" w14:textId="77777777" w:rsidR="009D4F47" w:rsidRPr="009D4F47" w:rsidRDefault="009D4F47" w:rsidP="009D4F47">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009D4F47">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>BSc</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Eva Gregersen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A98D9C7" w14:textId="77777777" w:rsidR="009D4F47" w:rsidRPr="009D4F47" w:rsidRDefault="009D4F47" w:rsidP="009D4F47">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009D4F47">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve"> und </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Julia Gelhausen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54E79057" w14:textId="77777777" w:rsidR="009D4F47" w:rsidRPr="009D4F47" w:rsidRDefault="009D4F47" w:rsidP="009D4F47">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009D4F47">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>MSc</w:t>
-[...70 lines deleted...]
-              </w:rPr>
               <w:t>Paula Reich</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0416422E" w14:textId="52994CEB" w:rsidR="00572D4F" w:rsidRPr="00C4418A" w:rsidRDefault="009D4F47" w:rsidP="009D4F47">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w14:paraId="4C281091" w14:textId="77777777" w:rsidR="00572D4F" w:rsidRPr="00EE5674" w:rsidRDefault="009D4F47" w:rsidP="009D4F47">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE5674">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Leopold Schwarz</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0416422E" w14:textId="7611DF83" w:rsidR="00B130E0" w:rsidRPr="00EE5674" w:rsidRDefault="00B130E0" w:rsidP="009D4F47">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EE5674">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Nora-Fabienne Paul</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="006F028A" w14:paraId="06730351" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="00EE5674" w14:paraId="06730351" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="541D4FA7" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00692292" w:rsidRDefault="006414C3">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Molekularbiologie der Nutztiere und molekulare Diagnostik </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2213,69 +1983,58 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441B88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Prof. Dr. Dr. Bertram Brenig</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="494A1A38" w14:textId="77777777" w:rsidR="006414C3" w:rsidRDefault="006414C3" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00441B88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>apl</w:t>
-[...9 lines deleted...]
-              <w:t>. Prof. Dr. S. Neumann</w:t>
+              <w:t>apl. Prof. Dr. S. Neumann</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E5198E7" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00441B88" w:rsidRDefault="006414C3" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00441B88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Andrea Gessler</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B63B30D" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00441B88" w:rsidRDefault="006414C3" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
@@ -2380,114 +2139,94 @@
               <w:t>Systeme der Nutztierhaltung</w:t>
             </w:r>
             <w:r w:rsidR="006414C3" w:rsidRPr="00692292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63FC521D" w14:textId="77777777" w:rsidR="00C977A2" w:rsidRPr="00F74530" w:rsidRDefault="00C977A2" w:rsidP="00D37E29">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F74530">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Apl</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Apl. Prof. Dr. Lars Schrader</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61E711BA" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00F74530" w:rsidRDefault="006414C3" w:rsidP="00D37E29">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00F74530">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>. Prof. Dr. Lars Schrader</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="61E711BA" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00F74530" w:rsidRDefault="006414C3" w:rsidP="00D37E29">
+              <w:t>Sabrina Elsholz</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="789FFBB0" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00F74530" w:rsidRDefault="006414C3" w:rsidP="00D37E29">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F74530">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Sabrina Elsholz</w:t>
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Prof. Dr. Dr. Matthias Gauly</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="63F07369" w14:textId="39D2725E" w:rsidR="006414C3" w:rsidRPr="00F74530" w:rsidRDefault="006414C3" w:rsidP="00D37E29">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F74530">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Prof. Dr. med. vet. Gerhard Breves</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18706D18" w14:textId="2AD02DB9" w:rsidR="009E726D" w:rsidRDefault="009E726D" w:rsidP="009E726D">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -2737,114 +2476,83 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00192F24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Fiona Wollermann</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DADE6F9" w14:textId="77777777" w:rsidR="00192F24" w:rsidRDefault="00192F24">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00192F24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Thyra</w:t>
-[...29 lines deleted...]
-              <w:t>, Yangyue Chen</w:t>
+              <w:t>Thyra Friehs, Yangyue Chen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2AABC8BA" w14:textId="2BFE812A" w:rsidR="00192F24" w:rsidRPr="006B4E5B" w:rsidRDefault="00192F24">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00192F24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Fabienne Erben</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00262F58" w:rsidRPr="00967177" w14:paraId="35E235BD" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="00262F58" w:rsidRPr="00EE5674" w14:paraId="35E235BD" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44AF1386" w14:textId="7BA8F6A7" w:rsidR="00262F58" w:rsidRPr="00692292" w:rsidRDefault="00262F58" w:rsidP="00692292">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Tierernährungsphysiologie und Ressourceneffizienz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2868,209 +2576,121 @@
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Prof. Dr. Wolfgang Siegert</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43C5F9F5" w14:textId="77777777" w:rsidR="00262F58" w:rsidRDefault="00262F58" w:rsidP="00030BF7">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00262F58">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Angela Sünder</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B8CDC0A" w14:textId="7388D5A8" w:rsidR="001B210E" w:rsidRPr="006B4E5B" w:rsidRDefault="001B210E" w:rsidP="00030BF7">
+          <w:p w14:paraId="6130FAB4" w14:textId="77777777" w:rsidR="001B210E" w:rsidRDefault="001B210E" w:rsidP="00030BF7">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Adewunmi Omotoso</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B8CDC0A" w14:textId="52716709" w:rsidR="00B130E0" w:rsidRPr="006B4E5B" w:rsidRDefault="00B130E0" w:rsidP="00030BF7">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Markus Peschel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006414C3" w:rsidRPr="003E794A" w14:paraId="43FE22EF" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10E6052F" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00692292" w:rsidRDefault="006414C3" w:rsidP="00692292">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Tierhaltung in den Tropen und Subtropen </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...107 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>(Animal Husbandry in the Tropics and Subtropics)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6361A341" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="006414C3" w:rsidP="00D37E29">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Prof. Dr. Eva Schlecht</w:t>
@@ -3112,51 +2732,51 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dr. Christian Bateki</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43197DDB" w14:textId="0544AF83" w:rsidR="00214D9B" w:rsidRPr="00976D4C" w:rsidRDefault="00214D9B">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00976D4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Katharina Stanzel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="00967177" w14:paraId="196C4219" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="00EE5674" w14:paraId="196C4219" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="078F05A4" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00692292" w:rsidRDefault="006414C3" w:rsidP="00692292">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00692292">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Tierzucht und Haustiergenetik </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3399,91 +3019,91 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dirk Albers (LWK Niedersachsen; Geschäftsbereich Landwirtschaft, Feldversuchsstation für Grünlandwirtschaft und Rinderhaltung)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01BC5164" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="006414C3" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC6C9F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Dr. Heinrich Graf von Reichenbach (Deutsche Tiernahrung Cremer)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="308B1157" w14:textId="77777777" w:rsidR="006414C3" w:rsidRDefault="00FB16F3">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB16F3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>PD Dr. Mirja Wilkens</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="04FC1181" w14:textId="77777777" w:rsidR="007C0AA6" w:rsidRDefault="007C0AA6">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C0AA6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Birthe Krone</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2008ECAA" w14:textId="77777777" w:rsidR="00030BF7" w:rsidRPr="009D4F47" w:rsidRDefault="00030BF7">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D4F47">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alina Haus</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AFA1350" w14:textId="77777777" w:rsidR="00030BF7" w:rsidRPr="009D4F47" w:rsidRDefault="00030BF7">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
@@ -3514,63 +3134,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Theresah Sarfo</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6225104C" w14:textId="171A7FF2" w:rsidR="00D97EC8" w:rsidRPr="006B4E5B" w:rsidRDefault="00D97EC8">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marleen </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Marleen Zschiesche</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006414C3" w:rsidRPr="009D4F47" w14:paraId="7421B8EF" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="680644E5" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00692292" w:rsidRDefault="006414C3" w:rsidP="00692292">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>DNTW</w:t>
@@ -3656,63 +3265,52 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Prof. Dr. Armin Schmitt</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F9B6DCD" w14:textId="77777777" w:rsidR="00336A3C" w:rsidRDefault="00336A3C" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Mehmet </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dr. Mehmet Gültas</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="58D00BEA" w14:textId="77777777" w:rsidR="00C56D2C" w:rsidRDefault="00C56D2C" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C56D2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Matthias Enders</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E6A5632" w14:textId="77777777" w:rsidR="00214D9B" w:rsidRDefault="00214D9B" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
@@ -3978,147 +3576,97 @@
             <w:r w:rsidRPr="00B1346E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Karthi Balakrishnan</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="385F5648" w14:textId="08005E03" w:rsidR="001F5AF3" w:rsidRPr="00921974" w:rsidRDefault="00B1346E" w:rsidP="00B1346E">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1346E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. </w:t>
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dr. Virna Moran Rodas</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="006F028A" w14:paraId="2381D319" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="00EE5674" w14:paraId="2381D319" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="41C182ED" w14:textId="6630F4BB" w:rsidR="006414C3" w:rsidRDefault="00B1346E" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Abteilung </w:t>
             </w:r>
             <w:r w:rsidR="00FE023B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">funktionelle </w:t>
-[...31 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>funktionelle Agrobiodiversität</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> und Ararökologie</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="37C88821" w14:textId="77777777" w:rsidR="00FE023B" w:rsidRPr="00A051A2" w:rsidRDefault="00FE023B" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03D3869D" w14:textId="77777777" w:rsidR="002218D1" w:rsidRPr="00AA27A8" w:rsidRDefault="002218D1" w:rsidP="002218D1">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
@@ -4147,62 +3695,52 @@
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Prof. Dr. Teja Tscharntke</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6286C161" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00AA27A8" w:rsidRDefault="006414C3" w:rsidP="002B76F1">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA27A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Peter </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dr. Peter Batary</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="5FA866C7" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00F9269B" w:rsidRDefault="006414C3" w:rsidP="002B76F1">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F9269B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dr. Ingo Grass</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A7BB8EF" w14:textId="3A0348CB" w:rsidR="006414C3" w:rsidRDefault="00CB018C" w:rsidP="002B76F1">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -4376,51 +3914,51 @@
               <w:t>Dr. Arne Wenzel</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1D500FFB" w14:textId="2C47FFD2" w:rsidR="00CB018C" w:rsidRPr="006B4E5B" w:rsidRDefault="00CB018C" w:rsidP="00CB018C">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB018C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Stefan Schüler</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="006F028A" w14:paraId="573F5436" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="00EE5674" w14:paraId="573F5436" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="468C216D" w14:textId="2792813A" w:rsidR="006414C3" w:rsidRPr="009B5088" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B5088">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Abteilung </w:t>
             </w:r>
             <w:r w:rsidR="00572D4F">
               <w:rPr>
@@ -4475,73 +4013,93 @@
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Peter Gernandt</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6450B448" w14:textId="5A772C1B" w:rsidR="00572D4F" w:rsidRDefault="00572D4F" w:rsidP="009324B0">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Laurin Osterholt</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B13876E" w14:textId="08616948" w:rsidR="002E4599" w:rsidRPr="00E03028" w:rsidRDefault="00572D4F">
+          <w:p w14:paraId="2BAEB9AA" w14:textId="77777777" w:rsidR="002E4599" w:rsidRDefault="00572D4F">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E03028">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Faisal Hayat</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B13876E" w14:textId="5004C3ED" w:rsidR="00B130E0" w:rsidRPr="00E03028" w:rsidRDefault="00B130E0">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Ferdinand Schirrmeister</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="006F028A" w14:paraId="18B6886C" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="00EE5674" w14:paraId="18B6886C" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="338E7FDF" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00824E98" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Abteilung Agrartechnik </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4582,63 +4140,52 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Jens Wegener</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03593683" w14:textId="77777777" w:rsidR="006414C3" w:rsidRDefault="006414C3" w:rsidP="002B76F1">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Dieter von </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dr. Dieter von Hörsten</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="108CF252" w14:textId="77777777" w:rsidR="009F7B50" w:rsidRPr="00F74530" w:rsidRDefault="009F7B50" w:rsidP="002B76F1">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F74530">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Jan Adolph</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="198A2CE4" w14:textId="77777777" w:rsidR="006414C3" w:rsidRDefault="00A11CCE" w:rsidP="00A11CCE">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
@@ -4753,221 +4300,170 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Henri Grave</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E7CC6BB" w14:textId="30EDF2E1" w:rsidR="00B1346E" w:rsidRDefault="00B1346E" w:rsidP="00B1346E">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1346E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Elena </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:lastRenderedPageBreak/>
+              <w:t>Elena Najdenko</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="338B6E94" w14:textId="204CC518" w:rsidR="00AA27A8" w:rsidRPr="00B1346E" w:rsidRDefault="00AA27A8" w:rsidP="00B1346E">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Anna Hilda Prasun</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43CAEBC9" w14:textId="6F6FEC99" w:rsidR="00B1346E" w:rsidRDefault="00B1346E" w:rsidP="00B1346E">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00B1346E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Najdenko</w:t>
-[...39 lines deleted...]
-              </w:rPr>
               <w:t>Francesca Villa</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33D4976E" w14:textId="014C952B" w:rsidR="00543F68" w:rsidRDefault="00543F68" w:rsidP="00B1346E">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543F68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Renke Klee</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="749996D5" w14:textId="0916942A" w:rsidR="006F028A" w:rsidRDefault="006F028A" w:rsidP="00B1346E">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>René Werner</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31DD7AA3" w14:textId="71139C36" w:rsidR="00A8031C" w:rsidRPr="006B4E5B" w:rsidRDefault="00A8031C" w:rsidP="00A11CCE">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Stef</w:t>
             </w:r>
             <w:r w:rsidR="00B1346E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>fe</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">n </w:t>
-[...39 lines deleted...]
-              <w:t>.-Arbeiten)</w:t>
+              <w:t>n Konnemann (Prüfungsberechtigung für B.Sc.-Arbeiten)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006414C3" w:rsidRPr="00967177" w14:paraId="05A0467F" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D9C5C78" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00824E98" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
@@ -5119,51 +4615,51 @@
               <w:t>Dr. Dina Hamidi</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1793368C" w14:textId="27C2A7C3" w:rsidR="001B210E" w:rsidRPr="006B4E5B" w:rsidRDefault="001B210E" w:rsidP="009324B0">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Rahel Sutterlütti</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="006F028A" w14:paraId="3DEB8F31" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="00EE5674" w14:paraId="3DEB8F31" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00F3A214" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00824E98" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Abteilung Pflanzenbau </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -5184,81 +4680,70 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Prof. Dr. Stefan Siebert</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E305D96" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="006414C3" w:rsidP="009324B0">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prof. Dr. Rolf </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Prof. Dr. Rolf Rauber</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="608328E8" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="006414C3" w:rsidP="009324B0">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Rauber</w:t>
-[...19 lines deleted...]
-              </w:rPr>
               <w:t>Dr. Rüdiger Jung</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33759510" w14:textId="77777777" w:rsidR="00182226" w:rsidRPr="00F74530" w:rsidRDefault="00182226" w:rsidP="009324B0">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F74530">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Ana Meijide Orive</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="101B495C" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00B97C4E" w:rsidRDefault="006414C3" w:rsidP="009324B0">
             <w:pPr>
@@ -5289,121 +4774,91 @@
             </w:pPr>
             <w:r w:rsidRPr="00F74530">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dr. Neda Abbasi</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CB89F40" w14:textId="77777777" w:rsidR="00B1346E" w:rsidRPr="00F74530" w:rsidRDefault="00B1346E" w:rsidP="00B1346E">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F74530">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Antonius </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dr. Antonius Apostolakis</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="11C23DAF" w14:textId="77777777" w:rsidR="00B1346E" w:rsidRPr="00B1346E" w:rsidRDefault="00B1346E" w:rsidP="00B1346E">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1346E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>M.Sc. Pauline Englert</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21CFDA04" w14:textId="63C51779" w:rsidR="00EA190A" w:rsidRPr="006B4E5B" w:rsidRDefault="00B1346E" w:rsidP="00B1346E">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B1346E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Zhu</w:t>
+              <w:t>Dr. Wanxue Zhu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006414C3" w:rsidRPr="00E5781E" w14:paraId="11F39A24" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10E11D13" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00824E98" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Abteilung Pflanzenernährung und Ertragsphysiologie </w:t>
@@ -5449,265 +4904,192 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Pauline Rummel</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26EC3C52" w14:textId="77777777" w:rsidR="00D93ED9" w:rsidRPr="00D93ED9" w:rsidRDefault="00D93ED9" w:rsidP="00D93ED9">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D93ED9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
+              <w:t>Dr. Haitao Wang</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FD2EB48" w14:textId="77777777" w:rsidR="00D93ED9" w:rsidRPr="00D93ED9" w:rsidRDefault="00D93ED9" w:rsidP="00D93ED9">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D93ED9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Prof. Dr. Joska Gerendas</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69990CA9" w14:textId="77777777" w:rsidR="00D93ED9" w:rsidRPr="00D93ED9" w:rsidRDefault="00D93ED9" w:rsidP="00D93ED9">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D93ED9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Dr. Ershad Tavakol</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F8791A0" w14:textId="77777777" w:rsidR="00D93ED9" w:rsidRPr="00D93ED9" w:rsidRDefault="00D93ED9" w:rsidP="00D93ED9">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D93ED9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Dr. Merle Tränkner</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EEA85FB" w14:textId="77777777" w:rsidR="00D93ED9" w:rsidRPr="00D93ED9" w:rsidRDefault="00D93ED9" w:rsidP="00D93ED9">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D93ED9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Dr. Hartmut Geries</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0622ECBE" w14:textId="77777777" w:rsidR="00D93ED9" w:rsidRPr="00D93ED9" w:rsidRDefault="00D93ED9" w:rsidP="00D93ED9">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D93ED9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Dr. Knut Meyer</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04E0E090" w14:textId="77777777" w:rsidR="00D93ED9" w:rsidRPr="00D93ED9" w:rsidRDefault="00D93ED9" w:rsidP="00D93ED9">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D93ED9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Dr. Reinhard Well</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="421395E1" w14:textId="206FE244" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="00B1346E" w:rsidP="00D93ED9">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
               <w:t xml:space="preserve">Dr. </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...211 lines deleted...]
-            </w:r>
             <w:r w:rsidR="00D93ED9" w:rsidRPr="00D93ED9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Setareh Jamali Jaghdani </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0469C0F8" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="006414C3" w:rsidP="002B76F1">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -5847,150 +5229,119 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Geldermann</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01B1D65C" w14:textId="77777777" w:rsidR="006414C3" w:rsidRDefault="006414C3" w:rsidP="002B76F1">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Michael </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dr. Michael Wildenhayn</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="1E7930C9" w14:textId="77777777" w:rsidR="00B63515" w:rsidRDefault="00B63515" w:rsidP="002B76F1">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Christine von Buttlar</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A514CB1" w14:textId="77777777" w:rsidR="00B63515" w:rsidRDefault="00B63515" w:rsidP="002B76F1">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidRPr="00B63515">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">r. Andreas </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">r. Andreas Pacholski </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0BF7D93A" w14:textId="77777777" w:rsidR="006414C3" w:rsidRDefault="00B63515" w:rsidP="00B63515">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00B63515">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Pacholski</w:t>
-[...28 lines deleted...]
-              </w:rPr>
               <w:t>Dr. Frank Lorenz</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E553F04" w14:textId="77777777" w:rsidR="004E262F" w:rsidRDefault="004E262F" w:rsidP="00B63515">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E262F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Angela Riedel</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="675F5817" w14:textId="77777777" w:rsidR="00BB4ED6" w:rsidRDefault="00BB4ED6" w:rsidP="00B63515">
             <w:pPr>
@@ -6007,71 +5358,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Tino Kreszies</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B6EE120" w14:textId="189DC646" w:rsidR="007029C0" w:rsidRDefault="007029C0" w:rsidP="00B63515">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Renata </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Ferrari</w:t>
+              <w:t>Dr. Renata Callegari Ferrari</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="77CC196F" w14:textId="1FC2638A" w:rsidR="00D319AD" w:rsidRPr="00262F58" w:rsidRDefault="00D319AD" w:rsidP="00B63515">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00262F58">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dr. Marcel Naumann</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1955BE8D" w14:textId="77777777" w:rsidR="00986A8C" w:rsidRDefault="00986A8C" w:rsidP="00B63515">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6117,170 +5448,160 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Hubertus Blanke</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="738FBC9C" w14:textId="77777777" w:rsidR="00543F68" w:rsidRDefault="00543F68" w:rsidP="00B63515">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543F68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Johannes Simon Cordes</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4FC349D0" w14:textId="467FCF7E" w:rsidR="00543F68" w:rsidRPr="00262F58" w:rsidRDefault="00543F68" w:rsidP="00B63515">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543F68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Rosanna Schneider</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006414C3" w:rsidRPr="006F028A" w14:paraId="11582B64" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="496D07EE" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00824E98" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Allgemeine Pflanzenpathologie und Pflanzenschutz </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76D61FC8" w14:textId="2A706A13" w:rsidR="006414C3" w:rsidRDefault="006414C3" w:rsidP="009324B0">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Prof. Andreas von Tiedemann</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35A23378" w14:textId="2C3F9E47" w:rsidR="00A752B2" w:rsidRDefault="00A752B2" w:rsidP="009324B0">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hon. Prof. Lennart </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Hon. Prof. Lennart Weltje</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="1FA7E402" w14:textId="373FECB3" w:rsidR="00A752B2" w:rsidRPr="006B4E5B" w:rsidRDefault="00A752B2" w:rsidP="009324B0">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Dr. Nemanja Kuzmanovic</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F8E3232" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="006414C3" w:rsidP="009324B0">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Birger Koopmann</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D28696D" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="006414C3" w:rsidP="009324B0">
             <w:pPr>
@@ -6297,165 +5618,132 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Jean Wagner</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72615C74" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="006414C3" w:rsidP="009324B0">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Athanassios </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Dr. Athanassios Mavridis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C24B086" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="006414C3" w:rsidP="009324B0">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Mavridis</w:t>
-[...3 lines deleted...]
-          <w:p w14:paraId="1C24B086" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="006414C3" w:rsidP="009324B0">
+              <w:t>Dr. Mark Winter</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4694CB30" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00CF3936" w:rsidRDefault="006414C3" w:rsidP="009324B0">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF3936">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Dr. Susanne Weigand</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5543C75A" w14:textId="77777777" w:rsidR="006414C3" w:rsidRDefault="006414C3" w:rsidP="0031261F">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Dr. Mark Winter</w:t>
-[...51 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dr. Jens Luckhard</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="2443BC83" w14:textId="77777777" w:rsidR="000A0F51" w:rsidRDefault="000A0F51" w:rsidP="0031261F">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A0F51">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Kristin </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dr. Kristin Klappach</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="55A3A7E2" w14:textId="7EC0CDE3" w:rsidR="00276A14" w:rsidRDefault="00276A14" w:rsidP="0031261F">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Rebecka Dücker</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="45A78276" w14:textId="63FDC27B" w:rsidR="00657857" w:rsidRDefault="00657857" w:rsidP="0031261F">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
@@ -6479,558 +5767,452 @@
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Dr. </w:t>
             </w:r>
             <w:r w:rsidR="00E102A7" w:rsidRPr="00E102A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annette </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Annette Pfordt</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="14EE3446" w14:textId="563A6340" w:rsidR="00543F68" w:rsidRPr="006B4E5B" w:rsidRDefault="00543F68" w:rsidP="0031261F">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543F68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Sebastian </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dr. Sebastian Kiewnick</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="006F028A" w14:paraId="5B3CB997" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="00B130E0" w14:paraId="5B3CB997" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E854A28" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00824E98" w:rsidRDefault="006414C3" w:rsidP="0021166D">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Abteilung </w:t>
             </w:r>
             <w:r w:rsidR="0021166D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Zuchtmethodik der Pflanze</w:t>
             </w:r>
             <w:r w:rsidR="00A377BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0021166D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00A377BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0021166D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Division </w:t>
-[...46 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Division of Plant Breeding Methology</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3451DD65" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="006414C3" w:rsidP="009324B0">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>apl</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>apl. Prof. Dr. Wolfgang Link</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43A7490D" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="006414C3" w:rsidP="009324B0">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>. Prof. Dr. Wolfgang Link</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="43A7490D" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="006414C3" w:rsidP="009324B0">
+              <w:t>PD Dr. Wolfgang Ecke</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03AA5E01" w14:textId="44EE2ED0" w:rsidR="006414C3" w:rsidRDefault="006414C3" w:rsidP="009324B0">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>PD Dr. Wolfgang Ecke</w:t>
-[...18 lines deleted...]
-              </w:rPr>
               <w:t>Dr. Antje Schierholt</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0086CA77" w14:textId="2348193E" w:rsidR="008955E1" w:rsidRDefault="008955E1" w:rsidP="009324B0">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Birgit Zumbach</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39E4FD84" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="006414C3" w:rsidP="009324B0">
-[...14 lines deleted...]
-                <w:lang w:val="de-DE"/>
+          <w:p w14:paraId="39E4FD84" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00B130E0" w:rsidRDefault="006414C3" w:rsidP="009324B0">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B130E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Lisa Brünjes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="20DE90CA" w14:textId="77777777" w:rsidR="006414C3" w:rsidRDefault="006414C3">
-[...14 lines deleted...]
-                <w:lang w:val="de-DE"/>
+          <w:p w14:paraId="20DE90CA" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00B130E0" w:rsidRDefault="006414C3">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B130E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Manuela Nagel</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15655513" w14:textId="77777777" w:rsidR="00744B13" w:rsidRPr="00B97C4E" w:rsidRDefault="00744B13">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B97C4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rebecca </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Rebecca Tacke</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="6B7D7C83" w14:textId="77777777" w:rsidR="00A70B5A" w:rsidRPr="00B97C4E" w:rsidRDefault="00A70B5A" w:rsidP="00744B13">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00336A3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Julia </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Julia Hagenguth</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="481E99C9" w14:textId="77777777" w:rsidR="00A70B5A" w:rsidRDefault="00A70B5A" w:rsidP="00744B13">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00336A3C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Hagenguth</w:t>
-[...17 lines deleted...]
-              </w:rPr>
               <w:t>Chi Thanh Tran</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58FE98F2" w14:textId="77777777" w:rsidR="00DD72FE" w:rsidRPr="00002DF0" w:rsidRDefault="00DD72FE" w:rsidP="00DD72FE">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00002DF0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Dr. Christian Kluth </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A3E6F74" w14:textId="77777777" w:rsidR="00DD72FE" w:rsidRDefault="00DD72FE" w:rsidP="00DD72FE">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Barış Alaca</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="0846926E" w14:textId="77777777" w:rsidR="00DD72FE" w:rsidRDefault="00DD72FE" w:rsidP="00DD72FE">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Cathy Jubin</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="166C3EE9" w14:textId="77777777" w:rsidR="00DD72FE" w:rsidRPr="00002DF0" w:rsidRDefault="00DD72FE" w:rsidP="00DD72FE">
+          <w:p w14:paraId="166C3EE9" w14:textId="77777777" w:rsidR="00DD72FE" w:rsidRPr="00B130E0" w:rsidRDefault="00DD72FE" w:rsidP="00DD72FE">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B130E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Alex Windhorst</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51B625EB" w14:textId="77777777" w:rsidR="006E7B33" w:rsidRPr="00002DF0" w:rsidRDefault="006E7B33" w:rsidP="00DD72FE">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00002DF0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Alex Windhorst</w:t>
-[...18 lines deleted...]
-              </w:rPr>
               <w:t>Dr. Holger Heuer</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53D987D4" w14:textId="2806A006" w:rsidR="00B97C4E" w:rsidRPr="00002DF0" w:rsidRDefault="009A20A0" w:rsidP="00DD72FE">
+          <w:p w14:paraId="10AE7E80" w14:textId="77777777" w:rsidR="00B97C4E" w:rsidRDefault="009A20A0" w:rsidP="00DD72FE">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Mila T</w:t>
             </w:r>
             <w:r w:rsidR="00B97C4E" w:rsidRPr="00002DF0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>ost</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53D987D4" w14:textId="2A6B2D95" w:rsidR="00B130E0" w:rsidRPr="00002DF0" w:rsidRDefault="00B130E0" w:rsidP="00DD72FE">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Henri Laugel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006414C3" w:rsidRPr="00692292" w14:paraId="5914DB60" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43A8AD12" w14:textId="6C278C8D" w:rsidR="006414C3" w:rsidRPr="00824E98" w:rsidRDefault="00771BC7" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Abteilung Qualität und Sensorik pflanzlicher Produkte</w:t>
@@ -7107,259 +6289,130 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Layla Engelhardt</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0FF6F51E" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="006414C3" w:rsidP="00F1204E">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Betreuung </w:t>
-[...43 lines deleted...]
-              <w:t>-Arbeiten:</w:t>
+              <w:t>Betreuung BSc- und MSc-Arbeiten:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48420AFF" w14:textId="77777777" w:rsidR="008C1A17" w:rsidRPr="008C1A17" w:rsidRDefault="008C1A17" w:rsidP="008C1A17">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008C1A17">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Huihui</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Huihui Liu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28ACC356" w14:textId="77777777" w:rsidR="008C1A17" w:rsidRPr="008C1A17" w:rsidRDefault="008C1A17" w:rsidP="008C1A17">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="008C1A17">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Liu</w:t>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Zhengjie Ji</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06CE86E6" w14:textId="77777777" w:rsidR="008C1A17" w:rsidRPr="008C1A17" w:rsidRDefault="008C1A17" w:rsidP="008C1A17">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="008C1A17">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Zhengjie</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Niken Ayu Permatasari</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="405D5F11" w14:textId="459C859B" w:rsidR="008C1A17" w:rsidRPr="00C13389" w:rsidRDefault="008C1A17" w:rsidP="008C1A17">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="008C1A17">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="de-DE"/>
-[...103 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              </w:rPr>
+              <w:t>Nikola Laurencikova</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006414C3" w:rsidRPr="00BF2CE8" w14:paraId="33A7B3A3" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="104E09CF" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00824E98" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Abteilung Tropischer Pflanzenbau und Agrosystem Modellierung </w:t>
             </w:r>
@@ -7433,63 +6486,52 @@
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Dr. </w:t>
             </w:r>
             <w:r w:rsidR="008F54B1" w:rsidRPr="00E661F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Issaka </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Issaka Abdulai</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="206D75B5" w14:textId="77777777" w:rsidR="00536D34" w:rsidRPr="00E661F5" w:rsidRDefault="00536D34" w:rsidP="00F1204E">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E661F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Munir Hoffmann</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22497008" w14:textId="77777777" w:rsidR="00566687" w:rsidRPr="00E51BBC" w:rsidRDefault="00566687" w:rsidP="00F1204E">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
@@ -7644,110 +6686,91 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> Möllers</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CA65133" w14:textId="77777777" w:rsidR="0055377E" w:rsidRDefault="0055377E" w:rsidP="0055377E">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0055377E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Karin </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">Karin Holzenkamp </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5385D363" w14:textId="77777777" w:rsidR="00DD72FE" w:rsidRDefault="0055377E" w:rsidP="0055377E">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="0055377E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Holzenkamp</w:t>
-[...28 lines deleted...]
-              </w:rPr>
               <w:t>Jasmin Vettel</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="500B7034" w14:textId="77777777" w:rsidR="00BB4ED6" w:rsidRDefault="00BB4ED6" w:rsidP="00BB4ED6">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB4ED6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Dr. Johan Zicola, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61DC62AA" w14:textId="77777777" w:rsidR="00BB4ED6" w:rsidRDefault="00BB4ED6" w:rsidP="00BB4ED6">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB4ED6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Dr. Bernd Horneburg, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5EC2038D" w14:textId="77777777" w:rsidR="00BB4ED6" w:rsidRPr="00BB4ED6" w:rsidRDefault="00BB4ED6" w:rsidP="00BB4ED6">
             <w:pPr>
@@ -7784,226 +6807,167 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Dr.in Manuela Nagel, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="614040F7" w14:textId="77777777" w:rsidR="00BB4ED6" w:rsidRDefault="00BB4ED6" w:rsidP="00BB4ED6">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB4ED6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">Dr. Nazanin Zamani-Noor, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="790932FF" w14:textId="77777777" w:rsidR="00BB4ED6" w:rsidRDefault="00BB4ED6" w:rsidP="00BB4ED6">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00BB4ED6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Nazanin</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">Jan-Christoph Richter, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70F656B9" w14:textId="77777777" w:rsidR="00BB4ED6" w:rsidRPr="00BB4ED6" w:rsidRDefault="00BB4ED6" w:rsidP="00BB4ED6">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00BB4ED6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Zamani-Noor, </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="790932FF" w14:textId="77777777" w:rsidR="00BB4ED6" w:rsidRDefault="00BB4ED6" w:rsidP="00BB4ED6">
+              <w:t xml:space="preserve">Clemens Springmann, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3569DB3D" w14:textId="77777777" w:rsidR="00BB4ED6" w:rsidRPr="0031261F" w:rsidRDefault="00BB4ED6" w:rsidP="00BB4ED6">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB4ED6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+              <w:t xml:space="preserve">Dr. Thorben Sprink, </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002218D1" w:rsidRPr="0055377E" w14:paraId="2E29A84B" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0D176A20" w14:textId="2D6D055C" w:rsidR="002218D1" w:rsidRDefault="002218D1" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Abteilung </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> pflanzengenetischer Ressourcen (Brückenprofessur mit IPK)</w:t>
+              <w:t>Abteilung Genomik pflanzengenetischer Ressourcen (Brückenprofessur mit IPK)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="564EF569" w14:textId="143698A2" w:rsidR="002218D1" w:rsidRDefault="002218D1" w:rsidP="00D37E29">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Prof. Dr. Hannah Schneider</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="006F028A" w14:paraId="24F3AFC3" w14:textId="77777777" w:rsidTr="00744B13">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="00B130E0" w14:paraId="24F3AFC3" w14:textId="77777777" w:rsidTr="00744B13">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
           <w:p w14:paraId="2E9EAC4C" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00824E98" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Department für Agrarökonomie und Rurale Entwicklung</w:t>
@@ -8252,132 +7216,105 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Lina Kastens</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="11C8ABBB" w14:textId="5B71903E" w:rsidR="00AB5E9A" w:rsidRPr="00F9269B" w:rsidRDefault="00AB5E9A" w:rsidP="00683B0B">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magdalena </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Magdalena Pallauf</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="5C529539" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00F9269B" w:rsidRDefault="006414C3" w:rsidP="0008370D">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="00221C18" w14:paraId="4E7B9FBD" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="00B130E0" w14:paraId="4E7B9FBD" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42FDEAD6" w14:textId="77777777" w:rsidR="006414C3" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Abteilung Agrarwirtschaft in Entwicklungs- und Schwellenländern</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2226E8F0" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00F22D62" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A3DAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Agricultural Economics in </w:t>
+              <w:t xml:space="preserve">(Nachwuchsgruppe Agricultural Economics in </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Developing and Transition Coun</w:t>
             </w:r>
             <w:r w:rsidRPr="000A3DAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>tries</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="000A3DAB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8415,594 +7352,445 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Xiaohua Yu</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59E972A4" w14:textId="77777777" w:rsidR="006414C3" w:rsidRDefault="00221C18" w:rsidP="009D6A12">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00221C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dieter </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Dieter Koemle</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BDFDAF0" w14:textId="77777777" w:rsidR="00221C18" w:rsidRDefault="00221C18" w:rsidP="009D6A12">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00221C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Koemle</w:t>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Feifei Sun</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05DF0F78" w14:textId="77777777" w:rsidR="00221C18" w:rsidRDefault="00221C18" w:rsidP="009D6A12">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00221C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Feifei</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Yuquan Chen</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59611FD2" w14:textId="77777777" w:rsidR="00221C18" w:rsidRDefault="00221C18" w:rsidP="009D6A12">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00221C18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Sun</w:t>
-[...61 lines deleted...]
-              <w:t xml:space="preserve"> Luo</w:t>
+              <w:t>Hengrong Luo</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E0EA216" w14:textId="77777777" w:rsidR="00E102A7" w:rsidRPr="00002DF0" w:rsidRDefault="00E102A7" w:rsidP="009D6A12">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00002DF0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Wang </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Wang Hanjie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="126D2E4A" w14:textId="77777777" w:rsidR="00E102A7" w:rsidRPr="00002DF0" w:rsidRDefault="00E102A7" w:rsidP="009D6A12">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00002DF0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Hanjie</w:t>
-[...3 lines deleted...]
-          <w:p w14:paraId="126D2E4A" w14:textId="77777777" w:rsidR="00E102A7" w:rsidRPr="00002DF0" w:rsidRDefault="00E102A7" w:rsidP="009D6A12">
+              <w:t>Luo, Hengrong</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01958FF3" w14:textId="77777777" w:rsidR="00E102A7" w:rsidRPr="00002DF0" w:rsidRDefault="00E102A7" w:rsidP="009D6A12">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00002DF0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Luo, </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Maruejols, Lucie Louise</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61C00031" w14:textId="77777777" w:rsidR="000809DA" w:rsidRPr="00002DF0" w:rsidRDefault="000809DA" w:rsidP="009D6A12">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00002DF0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Hengrong</w:t>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Jasmin Wehner</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DD44A5F" w14:textId="77777777" w:rsidR="000809DA" w:rsidRPr="00002DF0" w:rsidRDefault="000809DA" w:rsidP="009D6A12">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00002DF0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Maruejols</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Lisa Hoeschle</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7435D309" w14:textId="77777777" w:rsidR="000809DA" w:rsidRPr="00002DF0" w:rsidRDefault="000809DA" w:rsidP="009D6A12">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00002DF0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>, Lucie Louise</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="61C00031" w14:textId="77777777" w:rsidR="000809DA" w:rsidRPr="00002DF0" w:rsidRDefault="000809DA" w:rsidP="009D6A12">
+              <w:t>Ziqian Xiao</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FEDE6C5" w14:textId="77777777" w:rsidR="000809DA" w:rsidRPr="00002DF0" w:rsidRDefault="000809DA" w:rsidP="009D6A12">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00002DF0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
+              <w:t>Yi Li</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74BAFFFC" w14:textId="77777777" w:rsidR="000809DA" w:rsidRDefault="000809DA" w:rsidP="009D6A12">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tianyu Liu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44FB6061" w14:textId="77777777" w:rsidR="000809DA" w:rsidRDefault="000809DA" w:rsidP="009D6A12">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Hybride Biowa Dehou</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AAD5090" w14:textId="77777777" w:rsidR="000809DA" w:rsidRDefault="000809DA" w:rsidP="009D6A12">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Muhammad Ishfaw Khan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="65F890A8" w14:textId="77777777" w:rsidR="00FE023B" w:rsidRPr="00273E4B" w:rsidRDefault="00FE023B" w:rsidP="009D6A12">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00273E4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
               <w:t>Jasmin Wehner</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1DD44A5F" w14:textId="77777777" w:rsidR="000809DA" w:rsidRPr="00002DF0" w:rsidRDefault="000809DA" w:rsidP="009D6A12">
-[...142 lines deleted...]
-          <w:p w14:paraId="65F890A8" w14:textId="77777777" w:rsidR="00FE023B" w:rsidRPr="00273E4B" w:rsidRDefault="00FE023B" w:rsidP="009D6A12">
+          <w:p w14:paraId="0BD2700D" w14:textId="77777777" w:rsidR="00FE023B" w:rsidRPr="00273E4B" w:rsidRDefault="00FE023B" w:rsidP="009D6A12">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00273E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Jasmin Wehner</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0BD2700D" w14:textId="77777777" w:rsidR="00FE023B" w:rsidRPr="00273E4B" w:rsidRDefault="00FE023B" w:rsidP="009D6A12">
+              <w:t>Chang Liu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23214F3B" w14:textId="77777777" w:rsidR="00FE023B" w:rsidRPr="00273E4B" w:rsidRDefault="00FE023B" w:rsidP="009D6A12">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00273E4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Chang Liu</w:t>
-[...112 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Shuang Liu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FE9603A" w14:textId="77777777" w:rsidR="00FE023B" w:rsidRPr="00B130E0" w:rsidRDefault="00FE023B" w:rsidP="009D6A12">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B130E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Xiaoke Zhu</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2975D0C2" w14:textId="77777777" w:rsidR="00FE023B" w:rsidRPr="00B130E0" w:rsidRDefault="00FE023B" w:rsidP="009D6A12">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B130E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Afaq Ali Muluk</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74FD7DC3" w14:textId="77777777" w:rsidR="00543F68" w:rsidRPr="00B130E0" w:rsidRDefault="00543F68" w:rsidP="009D6A12">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B130E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Simon Meister </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="471D6A16" w14:textId="3E198B30" w:rsidR="00543F68" w:rsidRPr="00E102A7" w:rsidRDefault="00543F68" w:rsidP="009D6A12">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> Liu</w:t>
+          <w:p w14:paraId="471D6A16" w14:textId="3E198B30" w:rsidR="00543F68" w:rsidRPr="00B130E0" w:rsidRDefault="00543F68" w:rsidP="009D6A12">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B130E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Xiaoyu Liu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006414C3" w:rsidRPr="00C977A2" w14:paraId="6872C281" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77ABF604" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="000A3DAB" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
@@ -9058,91 +7846,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Matthias Buchholz, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="454F2BAB" w14:textId="407AC693" w:rsidR="0014219B" w:rsidRPr="00FF07D4" w:rsidRDefault="006414C3" w:rsidP="009D6A12">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Michael </w:t>
-[...39 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>Michael Danne, M.Sc.</w:t>
             </w:r>
             <w:r w:rsidR="0014219B" w:rsidRPr="009D4F47">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="094B1FEF" w14:textId="77777777" w:rsidR="0014219B" w:rsidRDefault="0014219B" w:rsidP="009D6A12">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0014219B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -9207,81 +7955,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Ron Weber</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69D32D48" w14:textId="77777777" w:rsidR="00CD5B31" w:rsidRDefault="00CD5B31" w:rsidP="00CD5B31">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CD5B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Martin </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Martin Parlasca</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="657D168B" w14:textId="77777777" w:rsidR="009F2AEE" w:rsidRDefault="009F2AEE" w:rsidP="00CD5B31">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F2AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Vanessa Bonke</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="561939B9" w14:textId="77777777" w:rsidR="00C90BB1" w:rsidRDefault="00C90BB1" w:rsidP="00CD5B31">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Luise Meißner</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20C854C9" w14:textId="77777777" w:rsidR="00C90BB1" w:rsidRDefault="00C90BB1" w:rsidP="00CD5B31">
             <w:pPr>
@@ -9338,51 +8076,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Selina Bruns</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63BFE635" w14:textId="2D98315F" w:rsidR="00F37538" w:rsidRPr="00B97C4E" w:rsidRDefault="00F37538" w:rsidP="00CD5B31">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B97C4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Annkathrin </w:t>
             </w:r>
             <w:r w:rsidR="00FF07D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Wahbi</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="53EF6BAD" w14:textId="77777777" w:rsidR="00EA190A" w:rsidRPr="00B97C4E" w:rsidRDefault="00EA190A" w:rsidP="00CD5B31">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B97C4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9562,112 +8299,92 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Oscar Ampofo</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5476DFE0" w14:textId="77777777" w:rsidR="00815018" w:rsidRPr="009D4F47" w:rsidRDefault="00E5781E" w:rsidP="00CD5B31">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D4F47">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Albert </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> M.</w:t>
+              <w:t>Albert Nsengu M.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="431B95E6" w14:textId="77777777" w:rsidR="00E5781E" w:rsidRDefault="00E5781E" w:rsidP="00CD5B31">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5781E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Hendrik Wever</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="035ED735" w14:textId="09529A7A" w:rsidR="008C1A17" w:rsidRPr="008F2C5E" w:rsidRDefault="008C1A17" w:rsidP="00CD5B31">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Anna Mader</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="00967177" w14:paraId="7582B563" w14:textId="77777777" w:rsidTr="002B7141">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="00B130E0" w14:paraId="7582B563" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2718EB28" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00744B13" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00744B13">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Abteilung Landwirtschaftliche Marktlehre </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -9689,63 +8406,52 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Prof. Dr. B. Brümmer</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="05F70A4C" w14:textId="77777777" w:rsidR="006E7B33" w:rsidRDefault="006E7B33" w:rsidP="006E7B33">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tim </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Tim Knöpfel</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="0DB01160" w14:textId="77777777" w:rsidR="006E7B33" w:rsidRDefault="006E7B33" w:rsidP="006E7B33">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Juliane Hänsch</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63812B0E" w14:textId="77777777" w:rsidR="006E7B33" w:rsidRPr="00AA27A8" w:rsidRDefault="006E7B33" w:rsidP="006E7B33">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
@@ -9760,71 +8466,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Yashree Mehta</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3DD01370" w14:textId="77777777" w:rsidR="006E7B33" w:rsidRPr="00756FFB" w:rsidRDefault="006E7B33" w:rsidP="006E7B33">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E7B33">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Fiankor</w:t>
+              <w:t>Dr. Dela Fiankor</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7032CAE8" w14:textId="77777777" w:rsidR="006414C3" w:rsidRDefault="005F16B1" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Moritz Köder</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50F1D8EC" w14:textId="77777777" w:rsidR="005F16B1" w:rsidRDefault="005F16B1" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
@@ -10391,63 +9077,52 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Greta Langer</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C217602" w14:textId="77777777" w:rsidR="00DD4CD4" w:rsidRDefault="00DD4CD4" w:rsidP="00EA190A">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frederick </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Frederick Schoppa</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="3AB8FD26" w14:textId="77777777" w:rsidR="00DD4CD4" w:rsidRDefault="00DD4CD4" w:rsidP="00EA190A">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Sergej Schwab</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="65D46D26" w14:textId="77777777" w:rsidR="00DD4CD4" w:rsidRPr="003E18EF" w:rsidRDefault="00DD4CD4" w:rsidP="00EA190A">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
@@ -10458,50 +9133,51 @@
             </w:pPr>
             <w:r w:rsidRPr="003E18EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Flora von Steimker</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="216C3C8C" w14:textId="77777777" w:rsidR="00DD4CD4" w:rsidRDefault="00DD4CD4" w:rsidP="00EA190A">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B97C4E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Greta Blue Langer</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C7373AB" w14:textId="77777777" w:rsidR="00707C5B" w:rsidRDefault="00707C5B" w:rsidP="00EA190A">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E18EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dorothea Meyer</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B43FFBA" w14:textId="77777777" w:rsidR="00572D4F" w:rsidRPr="00E03028" w:rsidRDefault="00572D4F" w:rsidP="00EA190A">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
@@ -10536,154 +9212,151 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>David Weiß</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40A58B8A" w14:textId="77777777" w:rsidR="00572D4F" w:rsidRDefault="00572D4F" w:rsidP="00EA190A">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E03028">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Isabelle </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Isabelle Weiss</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="2DCB1E10" w14:textId="77777777" w:rsidR="00C00CF3" w:rsidRDefault="00C00CF3" w:rsidP="0022395A">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...12 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Therese Löbbert</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="7C6A659A" w14:textId="77777777" w:rsidR="00543F68" w:rsidRDefault="00543F68" w:rsidP="0022395A">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Anna Dittmann</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="548BFB58" w14:textId="77777777" w:rsidR="00543F68" w:rsidRDefault="00543F68" w:rsidP="00543F68">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Marie Schickler</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="505B965C" w14:textId="05E8F1AC" w:rsidR="00543F68" w:rsidRPr="00E03028" w:rsidRDefault="00543F68" w:rsidP="00543F68">
+          <w:p w14:paraId="00F0CE15" w14:textId="77777777" w:rsidR="00543F68" w:rsidRDefault="00543F68" w:rsidP="00543F68">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543F68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Justine Quant</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="505B965C" w14:textId="2D76D057" w:rsidR="00B130E0" w:rsidRPr="00E03028" w:rsidRDefault="00B130E0" w:rsidP="00543F68">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+              <w:t>Hanna Kotro</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00657857" w:rsidRPr="00967177" w14:paraId="2D56DBB9" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E428B02" w14:textId="6A60D3BF" w:rsidR="00657857" w:rsidRPr="00824E98" w:rsidRDefault="006E2178" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
@@ -10974,114 +9647,76 @@
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C1A17">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dr. Laura Kmoch</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C3A5B22" w14:textId="77777777" w:rsidR="008C1A17" w:rsidRPr="008C1A17" w:rsidRDefault="008C1A17" w:rsidP="008C1A17">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008C1A17">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Gaelle</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">Gaelle Ndayizeye </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2EA0D071" w14:textId="3952A74F" w:rsidR="00247419" w:rsidRPr="00E51BBC" w:rsidRDefault="008C1A17" w:rsidP="00683B0B">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="008C1A17">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...46 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dr. Emmeline Topp</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006414C3" w:rsidRPr="009D4F47" w14:paraId="6FEF01F3" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6295E1C3" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00824E98" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Abteilung Umwelt- und Ressourcenökonomik </w:t>
             </w:r>
@@ -11171,86 +9806,68 @@
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Jana Juhrbandt</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CCFEBBC" w14:textId="4D91483D" w:rsidR="008C1A17" w:rsidRPr="008C1A17" w:rsidRDefault="008C1A17" w:rsidP="00771BC7">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C1A17">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Adriana </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Dr. Adriana Bernál-Escobar</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="088D082E" w14:textId="77777777" w:rsidR="00771BC7" w:rsidRPr="008C1A17" w:rsidRDefault="00771BC7" w:rsidP="00771BC7">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="008C1A17">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Bernál</w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t>Tobias Bähr</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="257F752D" w14:textId="598D1BCF" w:rsidR="00771BC7" w:rsidRDefault="00771BC7" w:rsidP="00771BC7">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00771BC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Marlene Wätzold</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1570B143" w14:textId="4488CAE3" w:rsidR="008C1A17" w:rsidRPr="00771BC7" w:rsidRDefault="008C1A17" w:rsidP="00771BC7">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
@@ -11282,66 +9899,84 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Johanna Gather</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="709B8004" w14:textId="77777777" w:rsidR="005F16B1" w:rsidRDefault="005F16B1" w:rsidP="00683B0B">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Susanne Voegele</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62303F08" w14:textId="3ADA34E3" w:rsidR="005F16B1" w:rsidRPr="008C1A17" w:rsidRDefault="005F16B1" w:rsidP="00683B0B">
+          <w:p w14:paraId="750BFDDB" w14:textId="77777777" w:rsidR="005F16B1" w:rsidRDefault="005F16B1" w:rsidP="00683B0B">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sophia Bohn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62303F08" w14:textId="292663ED" w:rsidR="00B130E0" w:rsidRPr="008C1A17" w:rsidRDefault="00B130E0" w:rsidP="00683B0B">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Simone Santalucia</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006414C3" w:rsidRPr="006414C3" w14:paraId="434D304B" w14:textId="77777777" w:rsidTr="002B7141">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F2AC4A2" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00824E98" w:rsidRDefault="006414C3" w:rsidP="004567CF">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Abteilung Soziologie Ländlicher Räume</w:t>
@@ -11363,62 +9998,52 @@
             </w:pPr>
             <w:r w:rsidRPr="00CF3936">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Prof. Dr. Claudia Neu</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61052379" w14:textId="77777777" w:rsidR="00CF3936" w:rsidRDefault="00CF3936" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3936">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Anna Lina </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Anna Lina Bartl</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="1D2EBB31" w14:textId="77777777" w:rsidR="009F2AEE" w:rsidRDefault="009F2AEE" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F2AEE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Alexander Barkminn</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24CFFF4C" w14:textId="77777777" w:rsidR="00276A14" w:rsidRDefault="00276A14" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -11445,62 +10070,52 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Fabian Müller</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A81DECC" w14:textId="22FB97DE" w:rsidR="00543F68" w:rsidRPr="00CF3936" w:rsidRDefault="00543F68" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543F68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">PD Dr. Christine </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>PD Dr. Christine Niens</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EF6A21" w:rsidRPr="00EF6A21" w14:paraId="73425F21" w14:textId="77777777" w:rsidTr="00744B13">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A99DF69" w14:textId="77777777" w:rsidR="00EF6A21" w:rsidRPr="00824E98" w:rsidRDefault="00EF6A21" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF6A21">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Abteilung Management der Agrar- und Ernährungswirtschaft</w:t>
             </w:r>
@@ -11721,62 +10336,53 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dr. Christian Schaper</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="666D25AF" w14:textId="63FA3A5E" w:rsidR="00E03028" w:rsidRDefault="00E03028" w:rsidP="00EF6A21">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prof. Dr. Ludwig </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:lastRenderedPageBreak/>
+              <w:t>Prof. Dr. Ludwig Theuvsen</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="119E273B" w14:textId="4268C663" w:rsidR="00E03028" w:rsidRPr="00BD76EA" w:rsidRDefault="00E03028" w:rsidP="00EF6A21">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD76EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Thomas de Witte</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="488F8AB2" w14:textId="2AB3B991" w:rsidR="00E03028" w:rsidRPr="00BD76EA" w:rsidRDefault="00E03028" w:rsidP="00EF6A21">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
@@ -11871,51 +10477,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Marlene Kionka</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2080B29D" w14:textId="77777777" w:rsidR="00D4002C" w:rsidRPr="00AA27A8" w:rsidRDefault="00D4002C" w:rsidP="00EF6A21">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA27A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Dr. Maria Katharina Gerullis</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6204A833" w14:textId="77777777" w:rsidR="005F16B1" w:rsidRPr="00AA27A8" w:rsidRDefault="005F16B1" w:rsidP="00EF6A21">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA27A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Moritz Hartig</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="314BECE2" w14:textId="77777777" w:rsidR="005F16B1" w:rsidRPr="00AA27A8" w:rsidRDefault="005F16B1" w:rsidP="00EF6A21">
             <w:pPr>
@@ -11925,112 +10530,79 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA27A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Ahmet Demirtas</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A56ED99" w14:textId="77777777" w:rsidR="001B210E" w:rsidRPr="00AA27A8" w:rsidRDefault="001B210E" w:rsidP="00EF6A21">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AA27A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Xiuhao</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Xiuhao Quan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76DA743A" w14:textId="77777777" w:rsidR="001B210E" w:rsidRPr="00AA27A8" w:rsidRDefault="001B210E" w:rsidP="00EF6A21">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00AA27A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...42 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Kristine Montalla</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="0945002B" w14:textId="77777777" w:rsidR="001B210E" w:rsidRDefault="001B210E" w:rsidP="00EF6A21">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Caroline Over</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F0945A1" w14:textId="77777777" w:rsidR="00543F68" w:rsidRDefault="00543F68" w:rsidP="00EF6A21">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -12039,62 +10611,52 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Guy Low </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4CE7CA22" w14:textId="4851A3E4" w:rsidR="00543F68" w:rsidRPr="00FB16F3" w:rsidRDefault="00543F68" w:rsidP="00EF6A21">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543F68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oliver </w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Oliver Behn</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A6BD3" w:rsidRPr="00EF6A21" w14:paraId="7A27E628" w14:textId="77777777" w:rsidTr="00744B13">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="54485A97" w14:textId="77777777" w:rsidR="000A6BD3" w:rsidRPr="00EF6A21" w:rsidRDefault="000A6BD3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Abteilung Ernährung und Landwirtschaft</w:t>
@@ -12103,51 +10665,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76C83861" w14:textId="77777777" w:rsidR="000A6BD3" w:rsidRPr="00FB16F3" w:rsidRDefault="000A6BD3" w:rsidP="00EF6A21">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Prof. Dr. Liesbeth Colen</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="006F028A" w14:paraId="7BABDD7E" w14:textId="77777777" w:rsidTr="00744B13">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="00B130E0" w14:paraId="7BABDD7E" w14:textId="77777777" w:rsidTr="00744B13">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67B595B9" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00824E98" w:rsidRDefault="006414C3" w:rsidP="00397D2B">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve">Assoziierter Arbeitsbereich </w:t>
             </w:r>
             <w:r w:rsidR="00397D2B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
@@ -12286,102 +10848,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Moritz Köder</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="362AF94E" w14:textId="77777777" w:rsidR="005F16B1" w:rsidRDefault="005F16B1" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Imke Möller (</w:t>
-[...19 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Imke Möller (StB)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="767C5BA6" w14:textId="77777777" w:rsidR="006F028A" w:rsidRDefault="006F028A" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006F028A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Phillipp</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Erich Welter</w:t>
+              <w:t>Phillipp Erich Welter</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D2786AD" w14:textId="41D2A8E5" w:rsidR="00543F68" w:rsidRDefault="00543F68" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00543F68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Andreas Meyer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006414C3" w:rsidRPr="00397D2B" w14:paraId="36B2DC0C" w14:textId="77777777" w:rsidTr="00744B13">
@@ -12497,51 +11028,51 @@
               <w:t>Dr. habil. Martin Potthoff</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="323DFD29" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="006414C3" w:rsidP="009D6A12">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Simone Pfeiffer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="006F028A" w14:paraId="5F3F6C46" w14:textId="77777777" w:rsidTr="00744B13">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="00B130E0" w14:paraId="5F3F6C46" w14:textId="77777777" w:rsidTr="00744B13">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39860802" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="002154E4" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Fakultätsübergreifende Abteilung für</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -12642,94 +11173,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Daniel Esser</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="440A247B" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="006414C3" w:rsidP="00D37E29">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sten </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Sten Zeibig</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5426600B" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="006414C3" w:rsidP="009D6A12">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="de-DE"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Zeibig</w:t>
-[...32 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Johannes Heinonen</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006414C3" w:rsidRPr="0041687D" w14:paraId="5565A7F3" w14:textId="77777777" w:rsidTr="00744B13">
         <w:trPr>
           <w:trHeight w:val="469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F2990F3" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
@@ -12868,67 +11377,57 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Lukas Helfrich</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006414C3" w:rsidRPr="00893DDA" w14:paraId="7AB06BBA" w14:textId="77777777" w:rsidTr="000C1DBB">
         <w:trPr>
           <w:trHeight w:val="274"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37E9033C" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00824E98" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00824E98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>IfZ</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> - An-Institut für </w:t>
+              <w:t xml:space="preserve">IfZ - An-Institut für </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Zuckerrübenforschung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="012DF0D0" w14:textId="77777777" w:rsidR="006414C3" w:rsidRDefault="00CC4CF8" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
@@ -13106,110 +11605,100 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Roxana Hossain</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D6255C1" w14:textId="77777777" w:rsidR="006E7B33" w:rsidRDefault="006E7B33" w:rsidP="00D37E29">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Omid </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dr. Omid Eini</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="6F3E7A84" w14:textId="77777777" w:rsidR="000C1DBB" w:rsidRDefault="000C1DBB" w:rsidP="00D37E29">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Dennis Grunwal</w:t>
             </w:r>
             <w:r w:rsidR="003E18EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0188B6D9" w14:textId="77777777" w:rsidR="00E51BBC" w:rsidRDefault="00E51BBC" w:rsidP="00D37E29">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Dr. Anna Jacobs</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73B76EFD" w14:textId="77777777" w:rsidR="00E51BBC" w:rsidRDefault="00E51BBC" w:rsidP="00D37E29">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Rene Heim</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="57A4B7D6" w14:textId="77777777" w:rsidR="005F16B1" w:rsidRDefault="005F16B1" w:rsidP="00D37E29">
             <w:pPr>
@@ -13224,188 +11713,106 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Abel Barreto</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="471CC243" w14:textId="77777777" w:rsidR="005F16B1" w:rsidRPr="00AA27A8" w:rsidRDefault="005F16B1" w:rsidP="00D37E29">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA27A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Dr. Christel Roß</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="470B0DCA" w14:textId="77777777" w:rsidR="005F16B1" w:rsidRPr="00AA27A8" w:rsidRDefault="005F16B1" w:rsidP="00D37E29">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00AA27A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Christel</w:t>
-[...127 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dr. Olka Fishkis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A9990CC" w14:textId="77777777" w:rsidR="005F16B1" w:rsidRPr="00B130E0" w:rsidRDefault="005F16B1" w:rsidP="00D37E29">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B130E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D. Benedict Wieters</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60CB84BF" w14:textId="6FD84849" w:rsidR="006F028A" w:rsidRPr="00B130E0" w:rsidRDefault="006F028A" w:rsidP="00D37E29">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B130E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dr. Lukas Rollwage</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006414C3" w:rsidRPr="00F32AC5" w14:paraId="3290AB8A" w14:textId="77777777" w:rsidTr="00744B13">
         <w:trPr>
           <w:trHeight w:val="553"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D21A9CB" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006414C3" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
@@ -13450,248 +11857,187 @@
             <w:r w:rsidRPr="00F32AC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Jun.</w:t>
             </w:r>
             <w:r w:rsidR="00FF472E" w:rsidRPr="00F32AC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F32AC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Prof. Dr. Mehmet </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Prof. Dr. Mehmet Senbayram</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="5CE156BB" w14:textId="77777777" w:rsidR="00FF472E" w:rsidRPr="008F2C5E" w:rsidRDefault="00FF472E" w:rsidP="006B4E5B">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F2C5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Setareh </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Setareh Jamail Jaghdani</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BC9390C" w14:textId="77777777" w:rsidR="009E726D" w:rsidRDefault="009E726D" w:rsidP="006B4E5B">
+            <w:pPr>
+              <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="008F2C5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Jamail</w:t>
-[...37 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dr. Paulo Cabrita</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="019E5788" w14:textId="77777777" w:rsidR="0055377E" w:rsidRPr="008F2C5E" w:rsidRDefault="0055377E" w:rsidP="006B4E5B">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0055377E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. Ariel </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Dr. Ariel Turcios</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006414C3" w:rsidRPr="00441B88" w14:paraId="5B43D6D4" w14:textId="77777777" w:rsidTr="00744B13">
         <w:trPr>
           <w:trHeight w:val="519"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73118A46" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="002B7141" w:rsidRDefault="006414C3" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Modul</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Chemie</w:t>
+            </w:r>
             <w:r w:rsidRPr="006B4E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> B.Agr.0018</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02F28D2B" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="00B24CF2" w:rsidRDefault="006414C3" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B24CF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Dr. Susann Graupner</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E1E4B84" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="006414C3" w:rsidP="009D6A12">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006414C3" w:rsidRPr="006F028A" w14:paraId="7C04CB9A" w14:textId="77777777" w:rsidTr="00744B13">
+      <w:tr w:rsidR="006414C3" w:rsidRPr="00B130E0" w14:paraId="7C04CB9A" w14:textId="77777777" w:rsidTr="00744B13">
         <w:trPr>
           <w:trHeight w:val="519"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5495659F" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="006B4E5B" w:rsidRDefault="00E85822" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E85822">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>CiBreed - Center for Integrated Breeding Research</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -13741,62 +12087,52 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006414C3" w:rsidRPr="00893DDA" w14:paraId="6A9E386B" w14:textId="77777777" w:rsidTr="00744B13">
         <w:trPr>
           <w:trHeight w:val="519"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4186" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F03BFAA" w14:textId="77777777" w:rsidR="006414C3" w:rsidRPr="008F2C5E" w:rsidRDefault="003E794A" w:rsidP="00824E98">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t>Universität Kassel/</w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Universität Kassel/Witzenhausen</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4890" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DDCCC2D" w14:textId="77777777" w:rsidR="006414C3" w:rsidRDefault="003E794A" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E794A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Abteilung Management in der internationalen Ern</w:t>
             </w:r>
@@ -13805,63 +12141,52 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>ährungswirtschaft:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A91B803" w14:textId="77777777" w:rsidR="003E794A" w:rsidRDefault="003E794A" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E794A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Evans </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Evans Kissi</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="134D0084" w14:textId="77777777" w:rsidR="00447BE6" w:rsidRDefault="00447BE6" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0C198EFD" w14:textId="77777777" w:rsidR="00447BE6" w:rsidRDefault="00447BE6" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00447BE6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13876,71 +12201,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B8F3AE1" w14:textId="77777777" w:rsidR="00447BE6" w:rsidRDefault="00447BE6" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00447BE6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dr. </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Puschmann</w:t>
+              <w:t>Dr. Uteau Puschmann</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50D2A1B4" w14:textId="77777777" w:rsidR="00890138" w:rsidRDefault="00890138" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3B9259AC" w14:textId="77777777" w:rsidR="00890138" w:rsidRDefault="00890138" w:rsidP="00441B88">
             <w:pPr>
               <w:spacing w:before="4" w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -14061,177 +12366,177 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="820"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="273" w:lineRule="exact"/>
         <w:ind w:right="-20"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:eastAsia="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0085672C" w:rsidRPr="008F2C5E" w:rsidSect="00013318">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11920" w:h="16840"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="620" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="28A78F47" w14:textId="77777777" w:rsidR="00E578F8" w:rsidRDefault="00E578F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3E1922A6" w14:textId="77777777" w:rsidR="00E578F8" w:rsidRDefault="00E578F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
     <w:panose1 w:val="02010601000101010101"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2411127A" w14:textId="77777777" w:rsidR="00E578F8" w:rsidRDefault="00E578F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="68BE9083" w14:textId="77777777" w:rsidR="00E578F8" w:rsidRDefault="00E578F8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="12128839" w14:textId="77777777" w:rsidR="00E578F8" w:rsidRDefault="00E578F8">
     <w:pPr>
       <w:spacing w:after="0" w:line="200" w:lineRule="exact"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="de-DE" w:eastAsia="de-DE"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49BAD7E7" wp14:editId="1FF9A1E5">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>3653790</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>381635</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="250190" cy="151765"/>
@@ -14353,51 +12658,51 @@
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="49BAD7E7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:287.7pt;margin-top:30.05pt;width:19.7pt;height:11.95pt;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCy2ZhoqQIAAKgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1vmzAQ/j5p/8Hyd8LLIAmopGpCmCZ1&#10;L1K7H+CACdbAZrYT6Kr9951NSNNWk6ZtfLDO9vm55+4e7up6aBt0pFIxwVPszzyMKC9Eyfg+xV/v&#10;c2eJkdKEl6QRnKb4gSp8vXr75qrvEhqIWjQllQhAuEr6LsW11l3iuqqoaUvUTHSUw2UlZEs0bOXe&#10;LSXpAb1t3MDz5m4vZNlJUVCl4DQbL/HK4lcVLfTnqlJUoybFwE3bVdp1Z1Z3dUWSvSRdzYoTDfIX&#10;LFrCOAQ9Q2VEE3SQ7BVUywoplKj0rBCtK6qKFdTmANn43ots7mrSUZsLFEd15zKp/wdbfDp+kYiV&#10;0DuMOGmhRfd00GgtBuSb6vSdSsDprgM3PcCx8TSZqu5WFN8U4mJTE76nN1KKvqakBHb2pXvxdMRR&#10;BmTXfxQlhCEHLSzQUMnWAEIxEKBDlx7OnTFUCjgMIs+P4aaAKz/yF/PIcHNJMj3upNLvqWiRMVIs&#10;ofEWnBxvlR5dJxcTi4ucNY1tfsOfHQDmeAKh4am5MyRsLx9jL94ut8vQCYP51gm9LHNu8k3ozHN/&#10;EWXvss0m83+auH6Y1KwsKTdhJl354Z/17aTwURFnZSnRsNLAGUpK7nebRqIjAV3n9jsV5MLNfU7D&#10;1gtyeZGSH4TeOoidfL5cOGEeRk688JYO1Hsdz70wDrP8eUq3jNN/Twn1KY6jIBq19NvcPPu9zo0k&#10;LdMwORrWpnh5diKJUeCWl7a1mrBmtC9KYeg/lQLaPTXa6tVIdBSrHnYDoBgR70T5AMqVApQFIoRx&#10;B0Yt5A+MehgdKVbfD0RSjJoPHNRv5sxkyMnYTQbhBTxNscZoNDd6nEeHTrJ9Dcjj/8XFDfwhFbPq&#10;fWIB1M0GxoFN4jS6zLy53FuvpwG7+gUAAP//AwBQSwMEFAAGAAgAAAAhAHUYaijfAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1lbhROygNJY1TVQhOSIg0HDg68TaxGq9D7Lbh&#10;7zEnelzt08ybYjvbgZ1x8saRhGQpgCG1ThvqJHzWr/drYD4o0mpwhBJ+0MO2vL0pVK7dhSo870PH&#10;Ygj5XEnoQxhzzn3bo1V+6Uak+Du4yaoQz6njelKXGG4H/iBExq0yFBt6NeJzj+1xf7ISdl9UvZjv&#10;9+ajOlSmrp8EvWVHKe8W824DLOAc/mH404/qUEanxp1IezZIWD2u0ohKyEQCLAJZksYtjYR1KoCX&#10;Bb9eUP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAstmYaKkCAACoBQAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAdRhqKN8AAAAJAQAADwAAAAAA&#10;AAAAAAAAAAADBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAA8GAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:287.7pt;margin-top:30.05pt;width:19.7pt;height:11.95pt;z-index:-251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCcA+0N1QEAAJADAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0zSVukDUdLXsahHS&#10;AistfMDEsZOIxGPGbpPy9YydpsvlDfFiTWbsM+ecmeyup6EXR02+Q1vKfLWWQluFdWebUn79cv/q&#10;jRQ+gK2hR6tLedJeXu9fvtiNrtAbbLGvNQkGsb4YXSnbEFyRZV61egC/QqctFw3SAIE/qclqgpHR&#10;hz7brNdX2YhUO0Klvefs3VyU+4RvjFbhszFeB9GXkrmFdFI6q3hm+x0UDYFrO3WmAf/AYoDOctML&#10;1B0EEAfq/oIaOkXo0YSVwiFDYzqlkwZWk6//UPPUgtNJC5vj3cUm//9g1afjk3skEaZ3OPEAkwjv&#10;HlB988LibQu20TdEOLYaam6cR8uy0fni/DRa7QsfQarxI9Y8ZDgETECToSG6wjoFo/MAThfT9RSE&#10;4uRmu87fckVxKd/mr6+2qQMUy2NHPrzXOIgYlJJ4pgkcjg8+RDJQLFdiL4v3Xd+nufb2twRfjJlE&#10;PvKdmYepmvh2FFFhfWIZhPOa8Fpz0CL9kGLkFSml/34A0lL0HyxbEfdpCWgJqiUAq/hpKYMUc3gb&#10;5r07OOqalpFnsy3esF2mS1KeWZx58tiTwvOKxr369Tvdev6R9j8BAAD//wMAUEsDBBQABgAIAAAA&#10;IQB1GGoo3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtZW4UTsoDSWNU1UI&#10;TkiINBw4OvE2sRqvQ+y24e8xJ3pc7dPMm2I724GdcfLGkYRkKYAhtU4b6iR81q/3a2A+KNJqcIQS&#10;ftDDtry9KVSu3YUqPO9Dx2II+VxJ6EMYc85926NVfulGpPg7uMmqEM+p43pSlxhuB/4gRMatMhQb&#10;ejXic4/tcX+yEnZfVL2Y7/fmozpUpq6fBL1lRynvFvNuAyzgHP5h+NOP6lBGp8adSHs2SFg9rtKI&#10;SshEAiwCWZLGLY2EdSqAlwW/XlD+AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJwD7Q3V&#10;AQAAkAMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHUY&#10;aijfAAAACQEAAA8AAAAAAAAAAAAAAAAALwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAA7BQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="46C49406" w14:textId="0B5BB97A" w:rsidR="00E578F8" w:rsidRDefault="00E578F8">
                     <w:pPr>
                       <w:spacing w:after="0" w:line="224" w:lineRule="exact"/>
                       <w:ind w:left="20" w:right="-50"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>-</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:spacing w:val="-1"/>
                         <w:sz w:val="20"/>
@@ -14440,51 +12745,51 @@
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>-</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02DF5EF1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0F9884C2"/>
     <w:lvl w:ilvl="0" w:tplc="89D2D15E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1193" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1913" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -15681,119 +13986,117 @@
     <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="290207903">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="868227106">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1439107512">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1853370135">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1050416740">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1320230493">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="140774821">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1248030775">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="199051580">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1339306567">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="405492558">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="de-DE" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="4096" w:nlCheck="1" w:checkStyle="0"/>
-  <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="131078" w:nlCheck="1" w:checkStyle="1"/>
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="30721"/>
+    <o:shapedefaults v:ext="edit" spidmax="34817"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00815032"/>
     <w:rsid w:val="00002DF0"/>
     <w:rsid w:val="000074BC"/>
     <w:rsid w:val="00013318"/>
     <w:rsid w:val="0001668F"/>
     <w:rsid w:val="00020F67"/>
     <w:rsid w:val="00030BF7"/>
     <w:rsid w:val="0004149E"/>
     <w:rsid w:val="00052D7B"/>
     <w:rsid w:val="00062AE1"/>
     <w:rsid w:val="000809DA"/>
     <w:rsid w:val="0008218D"/>
     <w:rsid w:val="0008370D"/>
     <w:rsid w:val="00087289"/>
     <w:rsid w:val="000A0F51"/>
     <w:rsid w:val="000A258E"/>
     <w:rsid w:val="000A3DAB"/>
     <w:rsid w:val="000A5577"/>
     <w:rsid w:val="000A6BD3"/>
     <w:rsid w:val="000B0C5D"/>
     <w:rsid w:val="000C0966"/>
     <w:rsid w:val="000C0D0E"/>
     <w:rsid w:val="000C1DBB"/>
@@ -15822,64 +14125,67 @@
     <w:rsid w:val="001E7A19"/>
     <w:rsid w:val="001F5AF3"/>
     <w:rsid w:val="0020040F"/>
     <w:rsid w:val="0021166D"/>
     <w:rsid w:val="00214D9B"/>
     <w:rsid w:val="002154E4"/>
     <w:rsid w:val="002218D1"/>
     <w:rsid w:val="00221C18"/>
     <w:rsid w:val="00221E07"/>
     <w:rsid w:val="0022395A"/>
     <w:rsid w:val="00231818"/>
     <w:rsid w:val="00231DFF"/>
     <w:rsid w:val="002401EE"/>
     <w:rsid w:val="0024170F"/>
     <w:rsid w:val="00247419"/>
     <w:rsid w:val="0025066B"/>
     <w:rsid w:val="00262F58"/>
     <w:rsid w:val="002649AD"/>
     <w:rsid w:val="00273E4B"/>
     <w:rsid w:val="00276A14"/>
     <w:rsid w:val="0028193A"/>
     <w:rsid w:val="002B54A3"/>
     <w:rsid w:val="002B7141"/>
     <w:rsid w:val="002B76F1"/>
     <w:rsid w:val="002C1E73"/>
+    <w:rsid w:val="002C73B6"/>
     <w:rsid w:val="002E1799"/>
     <w:rsid w:val="002E4599"/>
     <w:rsid w:val="002F3793"/>
     <w:rsid w:val="00301BA9"/>
     <w:rsid w:val="0031261F"/>
     <w:rsid w:val="00313A57"/>
     <w:rsid w:val="0031695A"/>
     <w:rsid w:val="00323B23"/>
     <w:rsid w:val="003278A0"/>
     <w:rsid w:val="00333F82"/>
     <w:rsid w:val="00334990"/>
     <w:rsid w:val="00336A3C"/>
+    <w:rsid w:val="00341B37"/>
     <w:rsid w:val="003544EA"/>
     <w:rsid w:val="00375330"/>
+    <w:rsid w:val="00386EEC"/>
     <w:rsid w:val="003877C6"/>
     <w:rsid w:val="00397D2B"/>
     <w:rsid w:val="003A35A7"/>
     <w:rsid w:val="003A6262"/>
     <w:rsid w:val="003D76D7"/>
     <w:rsid w:val="003E18EF"/>
     <w:rsid w:val="003E794A"/>
     <w:rsid w:val="00401E4F"/>
     <w:rsid w:val="00404A6D"/>
     <w:rsid w:val="0041687D"/>
     <w:rsid w:val="004245A9"/>
     <w:rsid w:val="00441B88"/>
     <w:rsid w:val="00447BE6"/>
     <w:rsid w:val="00451F49"/>
     <w:rsid w:val="004567CF"/>
     <w:rsid w:val="00464D93"/>
     <w:rsid w:val="00496603"/>
     <w:rsid w:val="004A0AEF"/>
     <w:rsid w:val="004C1D59"/>
     <w:rsid w:val="004D2A22"/>
     <w:rsid w:val="004D62B9"/>
     <w:rsid w:val="004D7B0A"/>
     <w:rsid w:val="004E262F"/>
     <w:rsid w:val="004E2FBF"/>
     <w:rsid w:val="004F30C8"/>
@@ -15952,102 +14258,105 @@
     <w:rsid w:val="007F7170"/>
     <w:rsid w:val="00802B81"/>
     <w:rsid w:val="008030B0"/>
     <w:rsid w:val="00815018"/>
     <w:rsid w:val="00815032"/>
     <w:rsid w:val="00824E98"/>
     <w:rsid w:val="0085672C"/>
     <w:rsid w:val="0088608E"/>
     <w:rsid w:val="008869E0"/>
     <w:rsid w:val="00890138"/>
     <w:rsid w:val="0089041F"/>
     <w:rsid w:val="00893DDA"/>
     <w:rsid w:val="008955E1"/>
     <w:rsid w:val="008A2BA6"/>
     <w:rsid w:val="008C1A17"/>
     <w:rsid w:val="008C2DA6"/>
     <w:rsid w:val="008F2C5E"/>
     <w:rsid w:val="008F54B1"/>
     <w:rsid w:val="008F7C6E"/>
     <w:rsid w:val="009035C8"/>
     <w:rsid w:val="00907760"/>
     <w:rsid w:val="00921974"/>
     <w:rsid w:val="009324B0"/>
     <w:rsid w:val="00952C43"/>
     <w:rsid w:val="00967177"/>
+    <w:rsid w:val="00970F77"/>
     <w:rsid w:val="009721FE"/>
     <w:rsid w:val="00976D4C"/>
     <w:rsid w:val="00984635"/>
     <w:rsid w:val="00986A8C"/>
     <w:rsid w:val="009952C7"/>
     <w:rsid w:val="009A20A0"/>
     <w:rsid w:val="009A4082"/>
     <w:rsid w:val="009B5088"/>
     <w:rsid w:val="009C035F"/>
+    <w:rsid w:val="009C1B47"/>
     <w:rsid w:val="009D01BA"/>
     <w:rsid w:val="009D20EB"/>
     <w:rsid w:val="009D4F47"/>
     <w:rsid w:val="009D6A12"/>
     <w:rsid w:val="009E726D"/>
     <w:rsid w:val="009F2AEE"/>
     <w:rsid w:val="009F690F"/>
     <w:rsid w:val="009F7B50"/>
     <w:rsid w:val="00A01C6F"/>
     <w:rsid w:val="00A051A2"/>
     <w:rsid w:val="00A05BD6"/>
     <w:rsid w:val="00A06771"/>
     <w:rsid w:val="00A11CCE"/>
     <w:rsid w:val="00A26077"/>
     <w:rsid w:val="00A32316"/>
     <w:rsid w:val="00A377BC"/>
     <w:rsid w:val="00A42B83"/>
     <w:rsid w:val="00A51F7D"/>
     <w:rsid w:val="00A557C0"/>
     <w:rsid w:val="00A56F22"/>
     <w:rsid w:val="00A64D57"/>
     <w:rsid w:val="00A70B5A"/>
     <w:rsid w:val="00A752B2"/>
     <w:rsid w:val="00A8031C"/>
     <w:rsid w:val="00A91DFF"/>
     <w:rsid w:val="00A962CF"/>
     <w:rsid w:val="00A96BBE"/>
     <w:rsid w:val="00AA1CFE"/>
     <w:rsid w:val="00AA27A8"/>
     <w:rsid w:val="00AA6269"/>
     <w:rsid w:val="00AB0D83"/>
     <w:rsid w:val="00AB5E9A"/>
     <w:rsid w:val="00AB7C5D"/>
     <w:rsid w:val="00AD0C45"/>
     <w:rsid w:val="00AD315E"/>
     <w:rsid w:val="00AD5603"/>
     <w:rsid w:val="00AE32B8"/>
     <w:rsid w:val="00AE4ACB"/>
     <w:rsid w:val="00AE5A11"/>
     <w:rsid w:val="00AE5F27"/>
     <w:rsid w:val="00AE69A3"/>
     <w:rsid w:val="00AF33EC"/>
     <w:rsid w:val="00AF4BD0"/>
+    <w:rsid w:val="00B130E0"/>
     <w:rsid w:val="00B1346E"/>
     <w:rsid w:val="00B24CF2"/>
     <w:rsid w:val="00B2534D"/>
     <w:rsid w:val="00B54973"/>
     <w:rsid w:val="00B63515"/>
     <w:rsid w:val="00B81AF2"/>
     <w:rsid w:val="00B912C8"/>
     <w:rsid w:val="00B97C4E"/>
     <w:rsid w:val="00BB4ED6"/>
     <w:rsid w:val="00BD4399"/>
     <w:rsid w:val="00BD76EA"/>
     <w:rsid w:val="00BF2CE8"/>
     <w:rsid w:val="00BF4CE2"/>
     <w:rsid w:val="00BF54FB"/>
     <w:rsid w:val="00C00CF3"/>
     <w:rsid w:val="00C01EFF"/>
     <w:rsid w:val="00C039B3"/>
     <w:rsid w:val="00C13389"/>
     <w:rsid w:val="00C21740"/>
     <w:rsid w:val="00C30E04"/>
     <w:rsid w:val="00C3124A"/>
     <w:rsid w:val="00C323B8"/>
     <w:rsid w:val="00C40064"/>
     <w:rsid w:val="00C40236"/>
     <w:rsid w:val="00C4418A"/>
@@ -16084,125 +14393,126 @@
     <w:rsid w:val="00DA4F7A"/>
     <w:rsid w:val="00DB7926"/>
     <w:rsid w:val="00DC58A6"/>
     <w:rsid w:val="00DD4CD4"/>
     <w:rsid w:val="00DD72FE"/>
     <w:rsid w:val="00DE6942"/>
     <w:rsid w:val="00E03028"/>
     <w:rsid w:val="00E03FA2"/>
     <w:rsid w:val="00E102A7"/>
     <w:rsid w:val="00E259C6"/>
     <w:rsid w:val="00E32266"/>
     <w:rsid w:val="00E34D16"/>
     <w:rsid w:val="00E36A2A"/>
     <w:rsid w:val="00E47612"/>
     <w:rsid w:val="00E51BBC"/>
     <w:rsid w:val="00E5781E"/>
     <w:rsid w:val="00E578F8"/>
     <w:rsid w:val="00E661F5"/>
     <w:rsid w:val="00E85822"/>
     <w:rsid w:val="00EA190A"/>
     <w:rsid w:val="00EC557F"/>
     <w:rsid w:val="00EC6CFD"/>
     <w:rsid w:val="00ED118C"/>
     <w:rsid w:val="00ED6EEF"/>
     <w:rsid w:val="00EE4271"/>
+    <w:rsid w:val="00EE5674"/>
     <w:rsid w:val="00EF4ADD"/>
     <w:rsid w:val="00EF6A21"/>
     <w:rsid w:val="00F1204E"/>
     <w:rsid w:val="00F20468"/>
     <w:rsid w:val="00F22D62"/>
     <w:rsid w:val="00F32AC5"/>
     <w:rsid w:val="00F34663"/>
     <w:rsid w:val="00F37538"/>
     <w:rsid w:val="00F52C72"/>
     <w:rsid w:val="00F6074F"/>
     <w:rsid w:val="00F62938"/>
     <w:rsid w:val="00F74530"/>
     <w:rsid w:val="00F804A2"/>
     <w:rsid w:val="00F82326"/>
     <w:rsid w:val="00F9269B"/>
     <w:rsid w:val="00F97F16"/>
     <w:rsid w:val="00FA4AA6"/>
     <w:rsid w:val="00FB16F3"/>
     <w:rsid w:val="00FB19BB"/>
     <w:rsid w:val="00FB472E"/>
     <w:rsid w:val="00FC6C9F"/>
     <w:rsid w:val="00FD65E8"/>
     <w:rsid w:val="00FD6843"/>
     <w:rsid w:val="00FE023B"/>
     <w:rsid w:val="00FE6C30"/>
     <w:rsid w:val="00FF07D4"/>
     <w:rsid w:val="00FF472E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="30721"/>
+    <o:shapedefaults v:ext="edit" spidmax="34817"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="61C1D572"/>
   <w15:docId w15:val="{D7D2F44E-B240-4C92-A92D-41A4EAE1B7C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -16530,50 +14840,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0023102B"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift1Zchn"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="006B4E5B"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
@@ -16892,51 +15207,51 @@
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ZitatZchn">
     <w:name w:val="Zitat Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="Zitat"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="005F552F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="994256826">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1430587149">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17218,75 +15533,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>1589</Words>
-  <Characters>10011</Characters>
+  <Words>1605</Words>
+  <Characters>10117</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>83</Lines>
+  <Lines>84</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>#VornameNachname#</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11577</CharactersWithSpaces>
+  <CharactersWithSpaces>11699</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>#VornameNachname#</dc:title>
   <dc:creator>Heinzemann, Joerg</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2015-08-13T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2016-05-19T00:00:00Z</vt:filetime>
   </property>