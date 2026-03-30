--- v0 (2025-12-02)
+++ v1 (2026-03-30)
@@ -1,135 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="0053553A" w:rsidRDefault="00C97A0F" w:rsidP="0053553A">
+    <w:p w14:paraId="799B548D" w14:textId="77777777" w:rsidR="0053553A" w:rsidRDefault="00C97A0F" w:rsidP="0053553A">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7199D716" wp14:editId="3867DC7F">
             <wp:extent cx="1886337" cy="336430"/>
             <wp:effectExtent l="0" t="0" r="0" b="6985"/>
             <wp:docPr id="3" name="Grafik 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="GOE_Logo_Quer_Stiftung_Farbe_RGB.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4" cstate="print">
+                    <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1923860" cy="343122"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="5707AE44" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Am *Einrichtung* der Georg-August-Universität Göttingen ist zum *TT.MM.JJJJ* die Stelle </w:t>
       </w:r>
       <w:r w:rsidR="00CF5FD0">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>als</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="5CB54915" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="31C1976D" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="014269"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="014269"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t>Beschäftigte</w:t>
       </w:r>
       <w:r w:rsidR="00CF5FD0">
         <w:rPr>
           <w:b/>
@@ -139,817 +140,863 @@
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t>*r</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="014269"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> im Verwaltungsdienst</w:t>
       </w:r>
       <w:r w:rsidR="00103463">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="014269"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
         </w:rPr>
         <w:t xml:space="preserve"> (w/m/d)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="6ADB008B" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>- Entgeltgruppe *** TV-L -</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="6EB0CD6E" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="4CBC74F2" w14:textId="74DF3A55" w:rsidR="00DE5C52" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">im Sekretariat mit *** % der regelmäßigen wöchentlichen Arbeitszeit (zzt. *** Stunden/Woche) befristet für die Dauer von *** Jahren / bis zum *** zu besetzen. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="339854D7" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="75FB8B14" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Ihre Aufgaben</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="4E136956" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Bewirtschaftung der Budget- und Drittmittel </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="59BCF7CF" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Beschaffung von Büro-/Geschäftsbedarf, Literatur, etc. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="417BABCC" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Organisation von Veranstaltungen und Betreuung internationaler Gäste</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="407A84A8" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Betreuung der Internetpräsenz</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="373FE8D0" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Vorbereitung/Organisation von Dienstreisen</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="29D34DDA" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Terminkoordination</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="2A5E7951" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="280" w:hanging="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Mitwirkung bei der Organisation und Vorbereitung von Lehrveranstaltungen sowie Betreuung von Studierenden</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRPr="00137E53" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="0560D918" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRPr="00137E53" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="280" w:hanging="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Führung des Sekretariats</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="6F7517D3" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="7A1FFD00" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Ihr Profil</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="3839D2E0" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="280" w:hanging="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>abgeschlossene Berufsausbildung als Verwaltungsfachangestellte</w:t>
       </w:r>
       <w:r w:rsidR="00CF5FD0">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>r bzw. Angestelltenlehrgang I oder eine gleichwertige abgeschlossene Berufsausbildung im kaufmännischen Bereich</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="1D5BA82E" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="280" w:hanging="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">sicherer Umgang mit den Microsoft-Office-Anwendungen (Word, Outlook, Excel, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Powerpoint</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="604FA727" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="280" w:hanging="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>gute Kenntnis der *** Sprache</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="6ACC7714" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="280" w:hanging="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t>Kenntnisse in SAP-Modul *** sind wünschenswert</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRPr="00137E53" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="41013A65" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRPr="00137E53" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="280" w:hanging="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Erfahrung in Sekretariatsarbeit ist von Vorteil </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRPr="00F35975" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
-[...20 lines deleted...]
-          <w:rFonts w:cs="Calibri"/>
+    <w:p w14:paraId="6729FF8B" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+      <w:pPr>
+        <w:pStyle w:val="EinfacherAbsatz"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2741DD3B" w14:textId="77777777" w:rsidR="006E02B5" w:rsidRDefault="006E02B5" w:rsidP="006E02B5">
+      <w:pPr>
+        <w:pStyle w:val="EinfacherAbsatz"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DE5C52">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Die Stelle ist teilzeitgeeignet</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE5C52">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5010E242" w14:textId="77777777" w:rsidR="006E02B5" w:rsidRPr="00F35975" w:rsidRDefault="006E02B5" w:rsidP="00D27C6C">
+      <w:pPr>
+        <w:pStyle w:val="EinfacherAbsatz"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="097DC128" w14:textId="77777777" w:rsidR="00AF6F28" w:rsidRPr="00AF6F28" w:rsidRDefault="00AF6F28" w:rsidP="00AF6F28">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF6F28">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t>Die Universität Göttingen strebt in den Bereichen, in denen Frauen unterrepräsentiert sind, eine Erhöhung des Frauenanteils an und fordert daher qualifizierte Frauen nachdrücklich zur Bewerbung auf. Sie versteht sich als familienfreundliche Hochschule und fördert die Vereinbarkeit von Wissenschaft/Beruf und Familie. Die Universität hat sich zum Ziel gesetzt, mehr schwerbehinderte Menschen zu beschäftigen. Bewerbungen Schwerbehinderter erhalten bei gleicher Qualifikation den Vorzug.</w:t>
-[...12 lines deleted...]
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+        <w:t>Die Universität Göttingen strebt in den Bereichen, in denen Frauen unterrepräsentiert sind, eine Erhöhung des Frauenanteils an und fordert daher qualifizierte Frauen nachdrücklich zur Bewerbung auf. Sie versteht sich zudem als familienfreundliche Hochschule und fördert die Vereinbarkeit von Wissenschaft/Beruf und Familie. Der beruflichen Teilhabe von schwerbehinderten Beschäftigten sieht sich die Universität in besondere Weise verpflichtet und begrüßt deshalb Bewerbungen schwerbehinderter Menschen. Bei gleicher Qualifikation erhalten Bewerbungen von Menschen mit Schwerbehinderung den Vorzug. Eine Behinderung bzw. Gleichstellung ist zur Wahrung der Interessen bereits in die Bewerbung aufzunehmen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B09A386" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+      <w:pPr>
+        <w:pStyle w:val="EinfacherAbsatz"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BD31BB3" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0AC3EFCB" wp14:editId="19D2EF9A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4301312</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>28092</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1675181" cy="1075335"/>
                 <wp:effectExtent l="0" t="0" r="1270" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Textfeld 1"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1675181" cy="1075335"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C">
+                          <w:p w14:paraId="1B2F5675" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C">
                             <w:r>
                               <w:rPr>
                                 <w:noProof/>
                                 <w:lang w:eastAsia="de-DE"/>
                               </w:rPr>
                               <w:drawing>
-                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="54054FCC" wp14:editId="6AD33400">
+                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="654AEA0D" wp14:editId="0601D16A">
                                   <wp:extent cx="1199693" cy="680313"/>
                                   <wp:effectExtent l="0" t="0" r="635" b="5715"/>
                                   <wp:docPr id="19" name="Grafik 4"/>
                                   <wp:cNvGraphicFramePr/>
                                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:nvPicPr>
                                           <pic:cNvPr id="4" name="Grafik 4"/>
                                           <pic:cNvPicPr/>
                                         </pic:nvPicPr>
                                         <pic:blipFill>
-                                          <a:blip r:embed="rId5" cstate="print">
+                                          <a:blip r:embed="rId6" cstate="print">
                                             <a:extLst>
                                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                               </a:ext>
                                             </a:extLst>
                                           </a:blip>
                                           <a:srcRect/>
                                           <a:stretch>
                                             <a:fillRect/>
                                           </a:stretch>
                                         </pic:blipFill>
                                         <pic:spPr bwMode="auto">
                                           <a:xfrm>
                                             <a:off x="0" y="0"/>
                                             <a:ext cx="1209960" cy="686135"/>
                                           </a:xfrm>
                                           <a:prstGeom prst="rect">
                                             <a:avLst/>
                                           </a:prstGeom>
                                           <a:noFill/>
                                           <a:ln>
                                             <a:noFill/>
                                           </a:ln>
                                         </pic:spPr>
                                       </pic:pic>
                                     </a:graphicData>
                                   </a:graphic>
                                 </wp:inline>
                               </w:drawing>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="0AC3EFCB" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Textfeld 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:338.7pt;margin-top:2.2pt;width:131.9pt;height:84.65pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABMFPUQgIAAHoEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxznq50Rp8hSZBgQ&#10;tAWSoWdFlmIDsqhJSuzs14+SnTTrdhp2kUmReiQfSc8f2lqRk7CuAp3TdDCkRGgORaUPOf2+W3+6&#10;p8R5pgumQIucnoWjD4uPH+aNycQISlCFsARBtMsak9PSe5MlieOlqJkbgBEajRJszTyq9pAUljWI&#10;XqtkNBzOkgZsYSxw4RzePnZGuoj4Ugrun6V0whOVU8zNx9PGcx/OZDFn2cEyU1a8T4P9QxY1qzQG&#10;vUI9Ms/I0VZ/QNUVt+BA+gGHOgEpKy5iDVhNOnxXzbZkRsRakBxnrjS5/wfLn04vllQF9o4SzWps&#10;0U60XgpVkDSw0xiXodPWoJtvv0AbPPt7h5eh6FbaOnyxHIJ25Pl85RbBCA+PZnfT9B6DcLSlw7vp&#10;eDwNOMnbc2Od/yqgJkHIqcXmRU7ZaeN853pxCdEcqKpYV0pFJQyMWClLTgxbrXxMEsF/81KaNDmd&#10;jafDCKwhPO+QlcZcQrFdUUHy7b7tK91DcUYCLHQD5AxfV5jkhjn/wixODNaMW+Cf8ZAKMAj0EiUl&#10;2J9/uw/+2Ei0UtLgBObU/TgyKyhR3zS2+HM6mYSRjcpkejdCxd5a9rcWfaxXgJUjw5hdFIO/VxdR&#10;WqhfcVmWISqamOYYO6f+Iq58txe4bFwsl9EJh9Qwv9FbwwN0YDq0YNe+Mmv6Pnls8RNcZpVl79rV&#10;+YaXGpZHD7KKvQwEd6z2vOOAx2nolzFs0K0evd5+GYtfAAAA//8DAFBLAwQUAAYACAAAACEAHqDA&#10;KuEAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU+DQBCG7yb+h82YeDF2acGiyNIY40fizdJq&#10;vG3ZEYjsLGG3gP/e8aSnyeR98s4z+Wa2nRhx8K0jBctFBAKpcqalWsGufLy8BuGDJqM7R6jgGz1s&#10;itOTXGfGTfSK4zbUgkvIZ1pBE0KfSemrBq32C9cjcfbpBqsDr0MtzaAnLredXEXRWlrdEl9odI/3&#10;DVZf26NV8HFRv7/4+Wk/xVdx//A8lumbKZU6P5vvbkEEnMMfDL/6rA4FOx3ckYwXnYJ1miaMKkh4&#10;cH6TLFcgDgymcQqyyOX/D4ofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAEwU9RCAgAA&#10;egQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAB6gwCrh&#10;AAAACQEAAA8AAAAAAAAAAAAAAAAAnAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACq&#10;BQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
+              <v:shape id="Textfeld 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:338.7pt;margin-top:2.2pt;width:131.9pt;height:84.65pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjgamrLQIAAFUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xxznq50Rp8hSZBgQ&#10;tAXSoWdFlmIDsqhJSuzs14+SnY91Ow27yJRIPZKPT54/tLUiR2FdBTqn6WBIidAcikrvc/r9df3p&#10;nhLnmS6YAi1yehKOPiw+fpg3JhMjKEEVwhIE0S5rTE5L702WJI6XomZuAEZodEqwNfO4tfuksKxB&#10;9Folo+FwljRgC2OBC+fw9LFz0kXEl1Jw/yylE56onGJtPq42rruwJos5y/aWmbLifRnsH6qoWaUx&#10;6QXqkXlGDrb6A6quuAUH0g841AlIWXERe8Bu0uG7brYlMyL2guQ4c6HJ/T9Y/nTcmhdLfPsFWhxg&#10;IKQxLnN4GPpppa3DFysl6EcKTxfaROsJD5dmd9P0PqWEoy8d3k3H42nASa7XjXX+q4CaBCOnFucS&#10;6WLHjfNd6DkkZHOgqmJdKRU3QQtipSw5Mpyi8rFIBP8tSmnS5HQ2ng4jsIZwvUNWGmu5NhUs3+7a&#10;vtMdFCckwEKnDWf4usIiN8z5F2ZRDNgzCtw/4yIVYBLoLUpKsD//dh7icUbopaRBceXU/TgwKyhR&#10;3zRO73M6mQQ1xs1kejfCjb317G49+lCvADtHhrG6aIZ4r86mtFC/4TtYhqzoYppj7pz6s7nyneTx&#10;HXGxXMYg1J9hfqO3hgfowHQYwWv7xqzp5+RxxE9wliHL3o2riw03NSwPHmQVZxkI7ljteUftRjX0&#10;7yw8jtt9jLr+DRa/AAAA//8DAFBLAwQUAAYACAAAACEAHqDAKuEAAAAJAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPTU+DQBCG7yb+h82YeDF2acGiyNIY40fizdJqvG3ZEYjsLGG3gP/e8aSnyeR98s4z&#10;+Wa2nRhx8K0jBctFBAKpcqalWsGufLy8BuGDJqM7R6jgGz1sitOTXGfGTfSK4zbUgkvIZ1pBE0Kf&#10;SemrBq32C9cjcfbpBqsDr0MtzaAnLredXEXRWlrdEl9odI/3DVZf26NV8HFRv7/4+Wk/xVdx//A8&#10;lumbKZU6P5vvbkEEnMMfDL/6rA4FOx3ckYwXnYJ1miaMKkh4cH6TLFcgDgymcQqyyOX/D4ofAAAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACOBqastAgAAVQQAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAB6gwCrhAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;hwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACVBQAAAAA=&#10;" fillcolor="white [3201]" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C">
+                    <w:p w14:paraId="1B2F5675" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C">
                       <w:r>
                         <w:rPr>
                           <w:noProof/>
                           <w:lang w:eastAsia="de-DE"/>
                         </w:rPr>
                         <w:drawing>
-                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="54054FCC" wp14:editId="6AD33400">
+                          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="654AEA0D" wp14:editId="0601D16A">
                             <wp:extent cx="1199693" cy="680313"/>
                             <wp:effectExtent l="0" t="0" r="635" b="5715"/>
                             <wp:docPr id="19" name="Grafik 4"/>
                             <wp:cNvGraphicFramePr/>
                             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                   <pic:nvPicPr>
                                     <pic:cNvPr id="4" name="Grafik 4"/>
                                     <pic:cNvPicPr/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId6" cstate="print">
                                       <a:extLst>
                                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                         </a:ext>
                                       </a:extLst>
                                     </a:blip>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr bwMode="auto">
@@ -991,486 +1038,492 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>werden bis zum *</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>TT.MM.JJJJ*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="6CDAA1ED" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>innerhalb von</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> drei Wochen nach Erscheinen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="004042DF">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="1A8303B3" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>gern auch in elektronischer Form, erbeten</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">an </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="2F31B495" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Georg-August-Universität Göttingen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>*Einrichtung*,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="20E987B4" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> *Str./Haus-Nr.*,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> *PLZ* Göttingen, E-Mail: ***.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="3A07DA7C" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="5A559592" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Für Rückfragen steht Ihnen Frau/Herr ***, Telefon:***, E-Mail: *** zur Verfügung.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
-[...19 lines deleted...]
-    <w:p w:rsidR="00205142" w:rsidRPr="00205142" w:rsidRDefault="00205142" w:rsidP="00205142">
+    <w:p w14:paraId="2057E9AB" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+      <w:pPr>
+        <w:pStyle w:val="EinfacherAbsatz"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67AC009D" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+      <w:pPr>
+        <w:pStyle w:val="EinfacherAbsatz"/>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CA0696A" w14:textId="77777777" w:rsidR="00205142" w:rsidRPr="00205142" w:rsidRDefault="00205142" w:rsidP="00205142">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00205142">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Hinweis:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00205142" w:rsidRPr="00205142" w:rsidRDefault="00205142" w:rsidP="00205142">
+    <w:p w14:paraId="40F8F44E" w14:textId="77777777" w:rsidR="00205142" w:rsidRPr="00205142" w:rsidRDefault="00205142" w:rsidP="00205142">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00205142">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">Wir weisen darauf hin, dass die Einreichung der Bewerbung eine datenschutzrechtliche Einwilligung in die Verarbeitung Ihrer Bewerberdaten durch uns darstellt. Näheres zur Rechtsgrundlage und Datenverwendung finden </w:t>
       </w:r>
       <w:r w:rsidR="0038256B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Sie im</w:t>
       </w:r>
       <w:r w:rsidRPr="00205142">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">: Hinweisblatt zur Datenschutzgrundverordnung (DSGVO) </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="00205142">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="de-DE"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.uni-goettingen.de/hinweisdsgvo </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00B838A5" w:rsidRPr="00205142" w:rsidRDefault="00B838A5"/>
+    <w:p w14:paraId="29C12449" w14:textId="77777777" w:rsidR="00B838A5" w:rsidRPr="00205142" w:rsidRDefault="00B838A5"/>
     <w:sectPr w:rsidR="00B838A5" w:rsidRPr="00205142" w:rsidSect="0053553A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="single" w:sz="4" w:space="24" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="24" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="24" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="24" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053553A"/>
     <w:rsid w:val="00024D4C"/>
     <w:rsid w:val="00037E24"/>
     <w:rsid w:val="00046A59"/>
     <w:rsid w:val="00081807"/>
     <w:rsid w:val="000A667E"/>
     <w:rsid w:val="00103463"/>
+    <w:rsid w:val="001565DC"/>
     <w:rsid w:val="001863E1"/>
     <w:rsid w:val="00192909"/>
     <w:rsid w:val="00205142"/>
     <w:rsid w:val="002B2990"/>
     <w:rsid w:val="002F70E3"/>
     <w:rsid w:val="0038256B"/>
     <w:rsid w:val="00424AC1"/>
     <w:rsid w:val="0044431C"/>
     <w:rsid w:val="0044609B"/>
     <w:rsid w:val="00484411"/>
     <w:rsid w:val="004B3831"/>
     <w:rsid w:val="005132D9"/>
     <w:rsid w:val="0053553A"/>
     <w:rsid w:val="005A31B3"/>
     <w:rsid w:val="005A71B4"/>
     <w:rsid w:val="005C6200"/>
     <w:rsid w:val="006533CD"/>
     <w:rsid w:val="00676959"/>
     <w:rsid w:val="00696F07"/>
     <w:rsid w:val="006A7E53"/>
+    <w:rsid w:val="006E02B5"/>
     <w:rsid w:val="006E19EF"/>
     <w:rsid w:val="00721082"/>
     <w:rsid w:val="007B0963"/>
     <w:rsid w:val="00820ED7"/>
     <w:rsid w:val="008547D0"/>
     <w:rsid w:val="00882906"/>
     <w:rsid w:val="00A309F5"/>
+    <w:rsid w:val="00AF6F28"/>
     <w:rsid w:val="00B047CE"/>
     <w:rsid w:val="00B161EE"/>
     <w:rsid w:val="00B838A5"/>
     <w:rsid w:val="00C2702F"/>
     <w:rsid w:val="00C3363A"/>
     <w:rsid w:val="00C37C8B"/>
     <w:rsid w:val="00C90B7F"/>
     <w:rsid w:val="00C94A1E"/>
     <w:rsid w:val="00C97A0F"/>
     <w:rsid w:val="00CF5FD0"/>
     <w:rsid w:val="00D27C6C"/>
     <w:rsid w:val="00D757F9"/>
     <w:rsid w:val="00D81113"/>
     <w:rsid w:val="00D90C29"/>
     <w:rsid w:val="00DA4E36"/>
     <w:rsid w:val="00DA5AF5"/>
     <w:rsid w:val="00DC6031"/>
+    <w:rsid w:val="00DE5C52"/>
     <w:rsid w:val="00E6640F"/>
+    <w:rsid w:val="00E70F07"/>
     <w:rsid w:val="00EC0349"/>
     <w:rsid w:val="00F20F08"/>
     <w:rsid w:val="00F34219"/>
     <w:rsid w:val="00F6097E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7652ABF0"/>
+  <w14:docId w14:val="2EA3C3C8"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9C492D74-89FF-4C76-88EE-9163B877F20D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1798,50 +1851,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0053553A"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
@@ -1885,86 +1943,99 @@
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00205142"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="513498994">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1525168452">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1607039105">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uni-goettingen.de/hinweisdsgvo" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uni-goettingen.de/hinweisdsgvo" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2184,74 +2255,90 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{117BCB90-C010-4621-A2E5-BCEDD65F7240}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>326</Words>
-  <Characters>2056</Characters>
+  <Words>360</Words>
+  <Characters>2274</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Georg-August-Universität Göttingen</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2378</CharactersWithSpaces>
+  <CharactersWithSpaces>2629</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Mueffeler, Vera (ZVW)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>