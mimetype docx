--- v0 (2025-12-03)
+++ v1 (2026-03-31)
@@ -1,285 +1,283 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="0053553A" w:rsidRDefault="0005730F" w:rsidP="0053553A">
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+    <w:p w14:paraId="51F224EA" w14:textId="77777777" w:rsidR="0053553A" w:rsidRDefault="0005730F" w:rsidP="0053553A">
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="12E21BE3" wp14:editId="075488D1">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2B933D09" wp14:editId="4A99542A">
             <wp:extent cx="2466751" cy="439947"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Grafik 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="GOE_Logo_Quer_Stiftung_Farbe_RGB.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2560415" cy="456652"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    </w:p>
+    <w:p w14:paraId="517EF7A7" w14:textId="77777777" w:rsidR="0053553A" w:rsidRDefault="0053553A" w:rsidP="0053553A"/>
+    <w:p w14:paraId="0EEFA8EC" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text22"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Department"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="Text22"/>
+      <w:bookmarkStart w:id="0" w:name="Text22"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Department</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>at the Georg-August-Universität Göttingen is looking to fill the position of</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00A06602" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="1B3024C0" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00A06602" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="20FEAA60" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="27"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="27"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Administrative Assistant</w:t>
       </w:r>
       <w:r w:rsidR="00B51141">
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="27"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="000B1DD4">
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="27"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>f/m/d</w:t>
       </w:r>
       <w:r w:rsidR="00B51141">
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="27"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="64DAE96F" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">- Pay grade </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text23"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="Text23"/>
+      <w:bookmarkStart w:id="1" w:name="Text23"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -321,179 +319,164 @@
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> TV-L -</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00A06602" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="3D3A28E2" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00A06602" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="7B3F2C9B" w14:textId="77777777" w:rsidR="008134B7" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> by </w:t>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F76DD8">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This administrative position should be filled by </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Date"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="Text24"/>
+      <w:bookmarkStart w:id="2" w:name="Text24"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>. The regular working hours will be (currently </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="Text25"/>
+      <w:bookmarkStart w:id="3" w:name="Text25"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
@@ -517,73 +500,73 @@
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> hours per week) with a limited contract of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="Text26"/>
+      <w:bookmarkStart w:id="4" w:name="Text26"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
@@ -607,89 +590,80 @@
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">year(s) / </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">year(s) / to </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text27"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="Text27"/>
+      <w:bookmarkStart w:id="5" w:name="Text27"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
@@ -713,303 +687,303 @@
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00A06602" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="419F3397" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00A06602" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="138AF64F" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Your duties</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="5517EEFE" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="283"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Managing budgetary and third-party funds </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="12386C41" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Purchasing office, business supplies, books, etc. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="199DB542" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t>Event organizing and tending to international guests</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="523F6EEE" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t>Website care</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="668F8503" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t>Preparing and organizing business trips</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="2AEEBB27" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t>Coordinating schedules</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="238E92B3" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="164"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
@@ -1017,672 +991,646 @@
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Involvement in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>organising</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and preparing lectures and courses and supervising students</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="2F9E941A" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t>Running the office</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00A06602" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="71A47053" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00A06602" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="4C7619E9" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="113" w:hanging="113"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Job profile</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="69CCDFED" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="279" w:hanging="165"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Successful applicants will have completed a vocational training degree as an administrative specialist or have passed Administrative Course I or an equivalent administrative clerk examination and have many years of professional experience  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="73B77098" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="57" w:firstLine="57"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t>Proficiency in using Microsoft Office applications (Word, Outlook, Excel, PowerPoint)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="5F676DD4" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="57" w:firstLine="57"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Working knowledge of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text28"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="LANGUAGE"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="Text28"/>
+      <w:bookmarkStart w:id="6" w:name="Text28"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>LANGUAGE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="6"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>language</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="1DED4C8A" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="57" w:firstLine="57"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Experience with the SAP module </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text29"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="MODULE NAME"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="Text29"/>
+      <w:bookmarkStart w:id="7" w:name="Text29"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>MODULE NAME</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> is desirable</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="339DFA8A" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="280"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="113"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>•</w:t>
       </w:r>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Secretarial experience is also a plus </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00A06602" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="4EA140A5" w14:textId="77777777" w:rsidR="008134B7" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00713DBC" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="5D37B2E1" w14:textId="7CBC0A60" w:rsidR="00164EFC" w:rsidRDefault="00164EFC" w:rsidP="008134B7">
+      <w:pPr>
+        <w:pStyle w:val="EinfacherAbsatz"/>
+        <w:spacing w:line="100" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B6913">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The position is suitable for part-time work</w:t>
+      </w:r>
+      <w:r w:rsidR="00B619E4">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A499E33" w14:textId="77777777" w:rsidR="002810F9" w:rsidRDefault="002810F9" w:rsidP="008134B7">
+      <w:pPr>
+        <w:pStyle w:val="EinfacherAbsatz"/>
+        <w:spacing w:line="100" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0302FF92" w14:textId="77777777" w:rsidR="00164EFC" w:rsidRPr="00A06602" w:rsidRDefault="00164EFC" w:rsidP="008134B7">
+      <w:pPr>
+        <w:pStyle w:val="EinfacherAbsatz"/>
+        <w:spacing w:line="100" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B39E2D8" w14:textId="1B176FEA" w:rsidR="008134B7" w:rsidRPr="00713DBC" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00713DBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">The University of Göttingen is an equal opportunities employer and places particular emphasis on fostering career opportunities for women. Qualified women are therefore strongly encouraged to apply in fields in which they </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00713DBC">
+        <w:t>The University of Göttingen is an equal opportunities employer and places particular emphasis on fostering career opportunities for women. Qualified women are therefore strongly encouraged to apply in fields in which they are underrepresented. The university has committed itself to being a family-friendly institution and supports their employees in balancing work and family life.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F52F0B" w:rsidRPr="00F52F0B">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F52F0B" w:rsidRPr="00F52F0B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>are underrepresented</w:t>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>The university is particularly committed to the professional participation of severely disabled employees and therefore welcomes applications from severely disabled people. Applications from people with severe disabilities will be given preference if they have the same qualifications. To protect your interests, please indicate any disability or equal treatment status in your application.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16C03756" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00A06602" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+      <w:pPr>
+        <w:pStyle w:val="EinfacherAbsatz"/>
+        <w:spacing w:line="100" w:lineRule="exact"/>
+        <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...79 lines deleted...]
-    <w:p w:rsidR="008134B7" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6717A0ED" w14:textId="77777777" w:rsidR="008134B7" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Please send your application with the usual documents by </w:t>
       </w:r>
       <w:r w:rsidR="00457E6A">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text30"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Date"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="Text30"/>
+      <w:bookmarkStart w:id="8" w:name="Text30"/>
       <w:r w:rsidR="00457E6A">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidR="00457E6A">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00457E6A">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00457E6A">
         <w:rPr>
           <w:noProof/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
       <w:r w:rsidR="00457E6A">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:eastAsia="de-DE"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="773EBD8D" wp14:editId="3CFAB273">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>right</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>4547</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1689811" cy="797357"/>
                 <wp:effectExtent l="0" t="0" r="5715" b="3175"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Textfeld 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1689811" cy="797357"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:schemeClr val="lt1"/>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="008134B7" w:rsidRDefault="008134B7">
+                          <w:p w14:paraId="2E817851" w14:textId="77777777" w:rsidR="008134B7" w:rsidRDefault="008134B7">
                             <w:r>
                               <w:rPr>
                                 <w:noProof/>
                                 <w:lang w:eastAsia="de-DE"/>
                               </w:rPr>
                               <w:drawing>
-                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A23C4D3" wp14:editId="7942CB0F">
+                                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="24A17102" wp14:editId="60790EC6">
                                   <wp:extent cx="1364776" cy="607325"/>
                                   <wp:effectExtent l="0" t="0" r="6985" b="2540"/>
                                   <wp:docPr id="4" name="Grafik 4"/>
                                   <wp:cNvGraphicFramePr>
                                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                   </wp:cNvGraphicFramePr>
                                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                         <pic:nvPicPr>
                                           <pic:cNvPr id="0" name="Picture 2"/>
                                           <pic:cNvPicPr>
                                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                           </pic:cNvPicPr>
                                         </pic:nvPicPr>
                                         <pic:blipFill>
                                           <a:blip r:embed="rId5">
                                             <a:extLst>
                                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                               </a:ext>
                                             </a:extLst>
                                           </a:blip>
                                           <a:srcRect/>
                                           <a:stretch>
@@ -1800,365 +1748,367 @@
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">within </w:t>
       </w:r>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>three weeks after publication of this advert</w:t>
       </w:r>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="003B0086" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="10859744" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="003B0086" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B0086">
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Georg-August-Universität Göttingen</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0086">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="003B0086" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="7008C625" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="003B0086" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text31"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Department"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="Text31"/>
+      <w:bookmarkStart w:id="9" w:name="Text31"/>
       <w:r w:rsidRPr="003B0086">
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="003B0086">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>Department</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="003B0086">
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text32"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="StreetHouseNr"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="Text32"/>
+      <w:bookmarkStart w:id="10" w:name="Text32"/>
       <w:r w:rsidRPr="003B0086">
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="003B0086">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>StreetHouseNr</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
+      <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="003B0086">
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="003B0086">
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text33"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="PLZ"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="Text33"/>
+      <w:bookmarkStart w:id="11" w:name="Text33"/>
       <w:r w:rsidRPr="003B0086">
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="003B0086">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>PLZ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="003B0086">
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Göttingen,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="003B0086" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="1BA66D5C" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="003B0086" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003B0086">
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>e-mail</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="003B0086">
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text34"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="Text34"/>
+      <w:bookmarkStart w:id="12" w:name="Text34"/>
       <w:r w:rsidRPr="003B0086">
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
@@ -2199,203 +2149,187 @@
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="003B0086">
         <w:rPr>
           <w:b/>
           <w:color w:val="014269"/>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="003B0086" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="5ABE15E5" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="003B0086" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="100" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="495AEA3A" w14:textId="77777777" w:rsidR="008134B7" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">If you have any questions, please contact </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
+    <w:p w14:paraId="3FD88C76" w14:textId="77777777" w:rsidR="008134B7" w:rsidRPr="00F76DD8" w:rsidRDefault="008134B7" w:rsidP="008134B7">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Ms</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Mr. </w:t>
+        <w:t xml:space="preserve">Ms./Mr. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text35"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:default w:val="Name"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="Text35"/>
+      <w:bookmarkStart w:id="13" w:name="Text35"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Name</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">phone: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text36"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="Text36"/>
+      <w:bookmarkStart w:id="14" w:name="Text36"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
@@ -2419,73 +2353,73 @@
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">, e-mail: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text37"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="Text37"/>
+      <w:bookmarkStart w:id="15" w:name="Text37"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
@@ -2509,130 +2443,110 @@
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="00F76DD8">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27C6C" w:rsidRPr="00713DBC" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
+    <w:p w14:paraId="71915917" w14:textId="77777777" w:rsidR="00D27C6C" w:rsidRPr="00713DBC" w:rsidRDefault="00D27C6C" w:rsidP="00D27C6C">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00713DBC" w:rsidRPr="00713DBC" w:rsidRDefault="00713DBC" w:rsidP="00713DBC">
+    <w:p w14:paraId="7013B978" w14:textId="77777777" w:rsidR="00713DBC" w:rsidRPr="00713DBC" w:rsidRDefault="00713DBC" w:rsidP="00713DBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00713DBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Please note:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00713DBC" w:rsidRPr="00713DBC" w:rsidRDefault="00713DBC" w:rsidP="00713DBC">
+    <w:p w14:paraId="3FBF2302" w14:textId="77777777" w:rsidR="00713DBC" w:rsidRPr="00713DBC" w:rsidRDefault="00713DBC" w:rsidP="00713DBC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00713DBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">With submission of your application, you accept the processing of your applicant data in terms of data-protection law. Further information on the legal basis and data usage </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> in the </w:t>
+        <w:t xml:space="preserve">With submission of your application, you accept the processing of your applicant data in terms of data-protection law. Further information on the legal basis and data usage is provided in the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00713DBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t>Hinweisblatt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00713DBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00713DBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2664,222 +2578,231 @@
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00713DBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-US" w:eastAsia="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> (DSGVO) </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidRPr="00713DBC">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:u w:val="single"/>
             <w:lang w:val="en-US" w:eastAsia="de-DE"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.uni-goettingen.de/hinweisdsgvo </w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00B838A5" w:rsidRPr="00713DBC" w:rsidRDefault="00B838A5" w:rsidP="00713DBC">
+    <w:p w14:paraId="22AEEBA7" w14:textId="77777777" w:rsidR="00B838A5" w:rsidRPr="00713DBC" w:rsidRDefault="00B838A5" w:rsidP="00713DBC">
       <w:pPr>
         <w:pStyle w:val="EinfacherAbsatz"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B838A5" w:rsidRPr="00713DBC" w:rsidSect="0053553A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="single" w:sz="4" w:space="24" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:left w:val="single" w:sz="4" w:space="24" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="24" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
         <w:right w:val="single" w:sz="4" w:space="24" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0053553A"/>
     <w:rsid w:val="00024D4C"/>
     <w:rsid w:val="00037E24"/>
     <w:rsid w:val="00046A59"/>
     <w:rsid w:val="0005730F"/>
     <w:rsid w:val="00081807"/>
     <w:rsid w:val="000A667E"/>
     <w:rsid w:val="000B1DD4"/>
+    <w:rsid w:val="00164EFC"/>
     <w:rsid w:val="001863E1"/>
     <w:rsid w:val="00192909"/>
+    <w:rsid w:val="001B6913"/>
+    <w:rsid w:val="002810F9"/>
     <w:rsid w:val="002B2990"/>
     <w:rsid w:val="002F70E3"/>
     <w:rsid w:val="003B0086"/>
     <w:rsid w:val="003E319D"/>
     <w:rsid w:val="00424AC1"/>
     <w:rsid w:val="0044431C"/>
     <w:rsid w:val="0044609B"/>
     <w:rsid w:val="00457E6A"/>
     <w:rsid w:val="00484411"/>
     <w:rsid w:val="004B3831"/>
     <w:rsid w:val="005132D9"/>
     <w:rsid w:val="0053553A"/>
     <w:rsid w:val="005A31B3"/>
     <w:rsid w:val="005A71B4"/>
     <w:rsid w:val="005C6200"/>
     <w:rsid w:val="005F15CC"/>
     <w:rsid w:val="006533CD"/>
     <w:rsid w:val="00676959"/>
     <w:rsid w:val="00696F07"/>
     <w:rsid w:val="006A7E53"/>
     <w:rsid w:val="006E19EF"/>
     <w:rsid w:val="00713DBC"/>
     <w:rsid w:val="00721082"/>
     <w:rsid w:val="007B0963"/>
     <w:rsid w:val="008134B7"/>
     <w:rsid w:val="00820ED7"/>
     <w:rsid w:val="008547D0"/>
     <w:rsid w:val="00882906"/>
+    <w:rsid w:val="00915500"/>
     <w:rsid w:val="00A309F5"/>
     <w:rsid w:val="00B047CE"/>
     <w:rsid w:val="00B161EE"/>
     <w:rsid w:val="00B51141"/>
+    <w:rsid w:val="00B619E4"/>
     <w:rsid w:val="00B838A5"/>
     <w:rsid w:val="00C2702F"/>
     <w:rsid w:val="00C3363A"/>
     <w:rsid w:val="00C37C8B"/>
     <w:rsid w:val="00C90B7F"/>
     <w:rsid w:val="00C94A1E"/>
     <w:rsid w:val="00D27C6C"/>
     <w:rsid w:val="00D757F9"/>
     <w:rsid w:val="00D81113"/>
     <w:rsid w:val="00DA4E36"/>
     <w:rsid w:val="00DA5AF5"/>
     <w:rsid w:val="00DC6031"/>
     <w:rsid w:val="00E6640F"/>
+    <w:rsid w:val="00E70F07"/>
     <w:rsid w:val="00EC0349"/>
     <w:rsid w:val="00F20F08"/>
     <w:rsid w:val="00F34219"/>
+    <w:rsid w:val="00F52F0B"/>
     <w:rsid w:val="00F6097E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="5D31FE68"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9C492D74-89FF-4C76-88EE-9163B877F20D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3207,50 +3130,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="0053553A"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
@@ -3294,51 +3222,51 @@
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00713DBC"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="170729638">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uni-goettingen.de/hinweisdsgvo" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3582,72 +3510,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>360</Words>
-  <Characters>2274</Characters>
+  <Words>394</Words>
+  <Characters>2487</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>18</Lines>
+  <Lines>20</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Georg-August-Universität Göttingen</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2629</CharactersWithSpaces>
+  <CharactersWithSpaces>2876</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Mueffeler, Vera (ZVW)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>